--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20EC3655-5B36-4926-B423-06BE81ACAB77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2358CBD1-E600-4080-8DB9-D71D86A9F508}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EMV_6" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -126,51 +126,51 @@
   <si>
     <t>Bonos de Banco Central</t>
   </si>
   <si>
     <t>Bonos de Bancos y cooperativas</t>
   </si>
   <si>
     <t>Bonos de Otros intermediarios financieros</t>
   </si>
   <si>
     <t>Bonos de Empresas no financieras</t>
   </si>
   <si>
     <t>Bonos de Gobierno general</t>
   </si>
   <si>
     <t>Bonos de Emisores no residentes</t>
   </si>
   <si>
     <t>Certificados de depósitos a plazo</t>
   </si>
   <si>
     <t>Pagarés de Banco Central</t>
   </si>
   <si>
-    <t>Servicio de la deuda según plazo y mercado de emisión, segundo trimestre 2025</t>
+    <t>Servicio de la deuda según plazo y mercado de emisión, tercer trimestre 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -696,346 +696,346 @@
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
     </row>
     <row r="8" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A8" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="13"/>
       <c r="C8" s="13"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="13"/>
       <c r="B9" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="16">
-        <v>24400</v>
+        <v>24860</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="16"/>
       <c r="G9" s="16"/>
       <c r="H9" s="17">
-        <v>24400</v>
+        <v>24860</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="13"/>
       <c r="B10" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="15"/>
       <c r="D10" s="16">
-        <v>42867.550949442979</v>
+        <v>40700.803456273512</v>
       </c>
       <c r="E10" s="16"/>
       <c r="F10" s="16"/>
       <c r="G10" s="16"/>
       <c r="H10" s="17">
-        <v>42867.550949442979</v>
+        <v>40700.803456273512</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="13"/>
       <c r="B11" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15"/>
       <c r="D11" s="16">
-        <v>1231.13787</v>
+        <v>1123.0816929979044</v>
       </c>
       <c r="E11" s="16">
-        <v>2</v>
+        <v>0.5</v>
       </c>
       <c r="F11" s="16"/>
       <c r="G11" s="16"/>
       <c r="H11" s="17">
-        <v>1233.13787</v>
+        <v>1123.5816929979044</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="18"/>
       <c r="J12" s="18"/>
       <c r="K12" s="18"/>
       <c r="L12" s="18"/>
       <c r="M12" s="18"/>
       <c r="N12" s="18"/>
       <c r="O12" s="18"/>
       <c r="P12" s="18"/>
     </row>
     <row r="13" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="13"/>
       <c r="C13" s="13"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
       <c r="F13" s="11"/>
       <c r="G13" s="11"/>
       <c r="H13" s="11"/>
       <c r="I13" s="18"/>
       <c r="J13" s="18"/>
       <c r="K13" s="18"/>
       <c r="L13" s="18"/>
       <c r="M13" s="18"/>
       <c r="N13" s="18"/>
       <c r="O13" s="18"/>
       <c r="P13" s="18"/>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" s="13"/>
       <c r="B14" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16">
-        <v>2.662307346</v>
+        <v>2.6771270700000001</v>
       </c>
       <c r="E14" s="16">
-        <v>33.204234391999996</v>
+        <v>33.389065639999998</v>
       </c>
       <c r="F14" s="16">
-        <v>3.65183751</v>
+        <v>3.6721654500000001</v>
       </c>
       <c r="G14" s="16">
-        <v>73.174184945000007</v>
+        <v>72.663467412499998</v>
       </c>
       <c r="H14" s="17">
-        <v>112.69256419300001</v>
+        <v>112.4018255725</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="18"/>
       <c r="K14" s="18"/>
       <c r="L14" s="18"/>
       <c r="M14" s="18"/>
       <c r="N14" s="18"/>
       <c r="O14" s="18"/>
       <c r="P14" s="18"/>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" s="13"/>
       <c r="B15" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="16">
-        <v>8273.237221774818</v>
+        <v>8521.5595405471213</v>
       </c>
       <c r="E15" s="16">
-        <v>14307.329072301603</v>
+        <v>14585.36979978168</v>
       </c>
       <c r="F15" s="16">
-        <v>13377.211050580927</v>
+        <v>12505.515494279018</v>
       </c>
       <c r="G15" s="16">
-        <v>31562.693638871257</v>
+        <v>31737.671692688709</v>
       </c>
       <c r="H15" s="17">
-        <v>67520.470983528605</v>
+        <v>67350.11652729653</v>
       </c>
       <c r="I15" s="18"/>
       <c r="J15" s="18"/>
       <c r="K15" s="18"/>
       <c r="L15" s="18"/>
       <c r="M15" s="18"/>
       <c r="N15" s="18"/>
       <c r="O15" s="18"/>
       <c r="P15" s="18"/>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" s="13"/>
       <c r="B16" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="16">
-        <v>1179.6737966327155</v>
+        <v>1065.5079464811267</v>
       </c>
       <c r="E16" s="16">
-        <v>1816.2463678922841</v>
+        <v>2257.1075647424209</v>
       </c>
       <c r="F16" s="16">
-        <v>2697.0887361991649</v>
+        <v>2725.5693517661566</v>
       </c>
       <c r="G16" s="16">
-        <v>4111.0729335655096</v>
+        <v>4578.7233799492806</v>
       </c>
       <c r="H16" s="17">
-        <v>9804.0818342896746</v>
+        <v>10626.908242938985</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="18"/>
       <c r="K16" s="18"/>
       <c r="L16" s="18"/>
       <c r="M16" s="18"/>
       <c r="N16" s="18"/>
       <c r="O16" s="18"/>
       <c r="P16" s="18"/>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" s="13"/>
       <c r="B17" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="16">
-        <v>2162.5595904863089</v>
+        <v>2387.2232652422103</v>
       </c>
       <c r="E17" s="16">
-        <v>5796.9247636242135</v>
+        <v>6068.1429844779341</v>
       </c>
       <c r="F17" s="16">
-        <v>7100.5454358531688</v>
+        <v>6957.5797560100209</v>
       </c>
       <c r="G17" s="16">
-        <v>24030.871645356103</v>
+        <v>24796.59818058927</v>
       </c>
       <c r="H17" s="17">
-        <v>39090.901435319793</v>
+        <v>40209.544186319436</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="18"/>
       <c r="K17" s="18"/>
       <c r="L17" s="18"/>
       <c r="M17" s="18"/>
       <c r="N17" s="18"/>
       <c r="O17" s="18"/>
       <c r="P17" s="18"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" s="13"/>
       <c r="B18" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="16">
-        <v>10772.153493442993</v>
+        <v>10348.813663206298</v>
       </c>
       <c r="E18" s="16">
-        <v>11472.13387074479</v>
+        <v>11980.080841910543</v>
       </c>
       <c r="F18" s="16">
-        <v>21078.972004897263</v>
+        <v>32993.731729522093</v>
       </c>
       <c r="G18" s="16">
-        <v>80088.859268261076</v>
+        <v>70034.661011749806</v>
       </c>
       <c r="H18" s="17">
-        <v>123412.11863734612</v>
+        <v>125357.28724638873</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="18"/>
       <c r="K18" s="18"/>
       <c r="L18" s="18"/>
       <c r="M18" s="18"/>
       <c r="N18" s="18"/>
       <c r="O18" s="18"/>
       <c r="P18" s="18"/>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" s="13"/>
       <c r="B19" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="16">
-        <v>7.7764505428000001</v>
+        <v>7.74154074474</v>
       </c>
       <c r="E19" s="16">
-        <v>15.5529010856</v>
+        <v>15.48308148948</v>
       </c>
       <c r="F19" s="16">
-        <v>15.5529010856</v>
+        <v>15.48308148948</v>
       </c>
       <c r="G19" s="16">
-        <v>235.21760271400001</v>
+        <v>234.16167122370001</v>
       </c>
       <c r="H19" s="17">
-        <v>274.09985542800001</v>
+        <v>272.86937494739999</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="18"/>
       <c r="K19" s="18"/>
       <c r="L19" s="18"/>
       <c r="M19" s="18"/>
       <c r="N19" s="18"/>
       <c r="O19" s="18"/>
       <c r="P19" s="18"/>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" s="13"/>
       <c r="B20" s="13"/>
       <c r="C20" s="13"/>
       <c r="D20" s="11"/>
       <c r="E20" s="19"/>
       <c r="F20" s="19"/>
       <c r="G20" s="19"/>
       <c r="H20" s="11"/>
       <c r="I20" s="18"/>
       <c r="J20" s="18"/>
       <c r="K20" s="18"/>
       <c r="L20" s="18"/>
       <c r="M20" s="18"/>
       <c r="N20" s="18"/>
       <c r="O20" s="18"/>
       <c r="P20" s="18"/>
     </row>
     <row r="21" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A21" s="20" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="21"/>
       <c r="D21" s="22">
-        <v>90896.751679668654</v>
+        <v>89017.408232562913</v>
       </c>
       <c r="E21" s="22">
-        <v>33443.391210040485</v>
+        <v>34940.073338042057</v>
       </c>
       <c r="F21" s="22">
-        <v>44273.021966126122</v>
+        <v>55201.551578516766</v>
       </c>
       <c r="G21" s="22">
-        <v>140101.88927371294</v>
+        <v>131454.47940361325</v>
       </c>
       <c r="H21" s="22">
-        <v>308715.0541295482</v>
+        <v>310613.51255273493</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="18"/>
       <c r="K21" s="18"/>
       <c r="L21" s="18"/>
       <c r="M21" s="18"/>
       <c r="N21" s="18"/>
       <c r="O21" s="18"/>
       <c r="P21" s="18"/>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22" s="9"/>
       <c r="B22" s="9"/>
       <c r="C22" s="23"/>
       <c r="D22" s="9"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="18"/>
       <c r="J22" s="18"/>
       <c r="K22" s="18"/>
       <c r="L22" s="18"/>
       <c r="M22" s="18"/>
       <c r="N22" s="18"/>
@@ -1086,148 +1086,148 @@
       <c r="H25" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D26" s="26"/>
       <c r="E26" s="26"/>
       <c r="F26" s="26"/>
       <c r="G26" s="26"/>
       <c r="H26" s="26"/>
     </row>
     <row r="27" spans="1:16" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A27" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" s="13"/>
       <c r="B28" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C28" s="15"/>
       <c r="D28" s="17">
-        <v>2603.6260395637628</v>
+        <v>3031.2418701323377</v>
       </c>
       <c r="E28" s="17">
-        <v>4645.0571390570531</v>
+        <v>4404.2235275896837</v>
       </c>
       <c r="F28" s="17">
-        <v>6136.857731497983</v>
+        <v>6345.1929326492218</v>
       </c>
       <c r="G28" s="27"/>
       <c r="H28" s="17">
-        <v>13385.540910118798</v>
+        <v>13780.658330371243</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" s="13"/>
       <c r="B29" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="15"/>
       <c r="D29" s="17">
-        <v>52.999698818820008</v>
+        <v>75.648244186479999</v>
       </c>
       <c r="E29" s="17">
-        <v>1222.6345741940825</v>
+        <v>1368.7360581274529</v>
       </c>
       <c r="F29" s="17">
-        <v>6700.9628777660701</v>
+        <v>8499.9692001922322</v>
       </c>
       <c r="G29" s="27"/>
       <c r="H29" s="17">
-        <v>7976.5971507789727</v>
+        <v>9944.3535025061647</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" s="13"/>
       <c r="B30" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="15"/>
       <c r="D30" s="17">
-        <v>1401.457755842363</v>
+        <v>1124.2595579009464</v>
       </c>
       <c r="E30" s="17">
-        <v>12637.240313190889</v>
+        <v>12663.148262123937</v>
       </c>
       <c r="F30" s="17">
-        <v>74346.147395657099</v>
+        <v>76042.190997255384</v>
       </c>
       <c r="G30" s="27"/>
       <c r="H30" s="17">
-        <v>88384.845464690356</v>
+        <v>89829.598817280261</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" s="13"/>
       <c r="B31" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="15"/>
       <c r="D31" s="17">
-        <v>1629.43490913801</v>
+        <v>1607.47197671198</v>
       </c>
       <c r="E31" s="17">
-        <v>6834.1337547046169</v>
+        <v>7087.3727485919508</v>
       </c>
       <c r="F31" s="17">
-        <v>55002.124143773864</v>
+        <v>57996.257613084548</v>
       </c>
       <c r="G31" s="27"/>
       <c r="H31" s="17">
-        <v>63465.692807616491</v>
+        <v>66691.102338388475</v>
       </c>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="D32" s="19"/>
       <c r="E32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="11"/>
       <c r="H32" s="11"/>
     </row>
     <row r="33" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A33" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="22">
-        <v>5687.5184033629557</v>
+        <v>5838.6216489317449</v>
       </c>
       <c r="E33" s="22">
-        <v>25339.065781146641</v>
+        <v>25523.480596433026</v>
       </c>
       <c r="F33" s="22">
-        <v>142186.09214869502</v>
+        <v>148883.61074318137</v>
       </c>
       <c r="G33" s="22"/>
       <c r="H33" s="22">
-        <v>173212.67633320461</v>
+        <v>180245.71298854615</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="9"/>
       <c r="B34" s="9"/>
       <c r="C34" s="23"/>
       <c r="D34" s="9"/>
       <c r="E34" s="9"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="44" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f509eeb-56d7-4078-8c25-542621925144}" enabled="1" method="Standard" siteId="{d1bf4087-52c2-42b9-913e-a262f9f83199}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>