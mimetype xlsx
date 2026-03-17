--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3F1B394-CF66-457D-B707-89FED4F73528}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89D43D70-CDB7-4D3F-BA83-B13B1420E293}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EMV_5" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -123,51 +123,51 @@
   <si>
     <t>Cajas de Compensación</t>
   </si>
   <si>
     <t>Holding y Casas matrices</t>
   </si>
   <si>
     <t>Bonos de Empresas no financieras</t>
   </si>
   <si>
     <t>Empresas privadas</t>
   </si>
   <si>
     <t>Bonos de Gobierno general</t>
   </si>
   <si>
     <t>Bonos de Emisores no residentes</t>
   </si>
   <si>
     <t>Certificados de depósitos a plazo</t>
   </si>
   <si>
     <t>Pagarés de Banco Central</t>
   </si>
   <si>
-    <t>Stock de títulos de deuda con plazo residual menor a un año, según mercado de emisión, segundo trimestre 2025</t>
+    <t>Stock de títulos de deuda con plazo residual menor a un año, según mercado de emisión, tercer trimestre 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -632,215 +632,215 @@
       <c r="E5" s="4"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8" s="12">
-        <v>24400</v>
+        <v>24860</v>
       </c>
       <c r="E8"/>
     </row>
     <row r="9" spans="1:5" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9"/>
       <c r="D9" s="12">
-        <v>42867.550949442979</v>
+        <v>40700.803456273512</v>
       </c>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10" s="12">
-        <v>1231.13787</v>
+        <v>1123.0816929979044</v>
       </c>
       <c r="E10"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="12">
-        <v>7169.1117106631664</v>
+        <v>7423.9112335376585</v>
       </c>
       <c r="E14" s="12">
-        <v>2646.2440937839183</v>
+        <v>3075.2693496590191</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="12">
-        <v>918.28035735850642</v>
+        <v>804.25132092164802</v>
       </c>
       <c r="E15" s="12">
-        <v>78.977200912472384</v>
+        <v>103.03577449353811</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C16" s="8" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="13">
-        <v>166.53148388099507</v>
+        <v>121.48417735549191</v>
       </c>
       <c r="E16" s="8"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C17" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="13">
-        <v>266.70270234743577</v>
+        <v>269.46038980979773</v>
       </c>
       <c r="E17" s="8"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="13">
-        <v>292.98052721627022</v>
+        <v>269.89711833666951</v>
       </c>
       <c r="E18" s="8"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="13">
-        <v>192.0656439138053</v>
+        <v>143.40963541968895</v>
       </c>
       <c r="E19" s="8"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="14">
-        <v>1393.8479727331119</v>
+        <v>1659.2465045399063</v>
       </c>
       <c r="E20" s="14">
-        <v>1630.4118516278795</v>
+        <v>1357.0492907359253</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C21" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="13">
-        <v>296.21725956719376</v>
+        <v>490.04937154741123</v>
       </c>
       <c r="E21" s="13">
-        <v>473.4415610830506</v>
+        <v>179.83341710225957</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="13">
-        <v>1097.6307131659182</v>
+        <v>1169.197132992495</v>
       </c>
       <c r="E22" s="13">
-        <v>1156.9702905448289</v>
+        <v>1177.2158736336658</v>
       </c>
     </row>
     <row r="23" spans="1:5" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>18</v>
       </c>
       <c r="C23"/>
       <c r="D23" s="12">
-        <v>8961.68460762008</v>
+        <v>8495.539333782066</v>
       </c>
       <c r="E23" s="12">
-        <v>1742.9082852195436</v>
+        <v>1729.5988590445133</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="12">
-        <v>1.667687085352088</v>
+        <v>3.4170571344173251</v>
       </c>
       <c r="E24" s="12"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="11">
-        <v>86943.281154903219</v>
+        <v>85070.2505991871</v>
       </c>
       <c r="E26" s="11">
-        <v>6098.5414315438129</v>
+        <v>6264.9532739329961</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="E27" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="56" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f509eeb-56d7-4078-8c25-542621925144}" enabled="1" method="Standard" siteId="{d1bf4087-52c2-42b9-913e-a262f9f83199}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>