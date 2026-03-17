--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C0824945-8468-49EF-A568-AAEF588466EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6ACF0FBD-252D-4273-B20E-8788AF5DBA53}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FEC4E18F-8F5A-48B5-98D1-DEEDA61C0E00}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FEC4E18F-8F5A-48B5-98D1-DEEDA61C0E00}"/>
   </bookViews>
   <sheets>
     <sheet name="EMV_4" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -55,51 +55,51 @@
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="30">
   <si>
     <t>Miles de milllones de pesos. Valores nominales, incluye intereses devengados.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Banco Central</t>
   </si>
   <si>
     <t>Bancos y Cooperativas</t>
   </si>
   <si>
     <t>Fondos mutuos y de inversión</t>
   </si>
   <si>
     <t>Otros intermediarios financieros</t>
   </si>
   <si>
     <t>Fondos de pensiones</t>
   </si>
   <si>
     <t>Compañias de seguros</t>
   </si>
   <si>
@@ -348,66 +348,66 @@
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="7">
     <dxf>
       <border>
         <left style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </right>
@@ -762,198 +762,199 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9E38ADE8-1189-489E-9396-0242F216FB2C}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:BU106"/>
+  <dimension ref="A1:BV106"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="BB6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.7109375" customWidth="1"/>
     <col min="2" max="2" width="4.28515625" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="54" max="54" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="55" max="57" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="58" max="58" width="12.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="2"/>
     </row>
-    <row r="2" spans="1:73" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:73" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
     </row>
-    <row r="4" spans="1:73" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:74" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="11"/>
       <c r="C4" s="11"/>
-      <c r="D4" s="27">
+      <c r="D4" s="25">
         <v>2008</v>
       </c>
-      <c r="E4" s="27"/>
-[...2 lines deleted...]
-      <c r="H4" s="30">
+      <c r="E4" s="25"/>
+      <c r="F4" s="25"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="28">
         <v>2009</v>
       </c>
-      <c r="I4" s="30"/>
-[...2 lines deleted...]
-      <c r="L4" s="27">
+      <c r="I4" s="28"/>
+      <c r="J4" s="28"/>
+      <c r="K4" s="28"/>
+      <c r="L4" s="25">
         <v>2010</v>
       </c>
-      <c r="M4" s="27"/>
-[...2 lines deleted...]
-      <c r="P4" s="30">
+      <c r="M4" s="25"/>
+      <c r="N4" s="25"/>
+      <c r="O4" s="25"/>
+      <c r="P4" s="28">
         <v>2011</v>
       </c>
-      <c r="Q4" s="30"/>
-[...2 lines deleted...]
-      <c r="T4" s="27">
+      <c r="Q4" s="28"/>
+      <c r="R4" s="28"/>
+      <c r="S4" s="28"/>
+      <c r="T4" s="25">
         <v>2012</v>
       </c>
-      <c r="U4" s="27"/>
-[...2 lines deleted...]
-      <c r="X4" s="30">
+      <c r="U4" s="25"/>
+      <c r="V4" s="25"/>
+      <c r="W4" s="25"/>
+      <c r="X4" s="28">
         <v>2013</v>
       </c>
-      <c r="Y4" s="30"/>
-[...2 lines deleted...]
-      <c r="AB4" s="27">
+      <c r="Y4" s="28"/>
+      <c r="Z4" s="28"/>
+      <c r="AA4" s="28"/>
+      <c r="AB4" s="25">
         <v>2014</v>
       </c>
-      <c r="AC4" s="27"/>
-[...2 lines deleted...]
-      <c r="AF4" s="30">
+      <c r="AC4" s="25"/>
+      <c r="AD4" s="25"/>
+      <c r="AE4" s="25"/>
+      <c r="AF4" s="28">
         <v>2015</v>
       </c>
-      <c r="AG4" s="30"/>
-[...2 lines deleted...]
-      <c r="AJ4" s="27">
+      <c r="AG4" s="28"/>
+      <c r="AH4" s="28"/>
+      <c r="AI4" s="28"/>
+      <c r="AJ4" s="25">
         <v>2016</v>
       </c>
-      <c r="AK4" s="27"/>
-[...2 lines deleted...]
-      <c r="AN4" s="30">
+      <c r="AK4" s="25"/>
+      <c r="AL4" s="25"/>
+      <c r="AM4" s="25"/>
+      <c r="AN4" s="28">
         <v>2017</v>
       </c>
-      <c r="AO4" s="30"/>
-[...2 lines deleted...]
-      <c r="AR4" s="27">
+      <c r="AO4" s="28"/>
+      <c r="AP4" s="28"/>
+      <c r="AQ4" s="28"/>
+      <c r="AR4" s="25">
         <v>2018</v>
       </c>
-      <c r="AS4" s="27"/>
-[...2 lines deleted...]
-      <c r="AV4" s="30">
+      <c r="AS4" s="25"/>
+      <c r="AT4" s="25"/>
+      <c r="AU4" s="25"/>
+      <c r="AV4" s="28">
         <v>2019</v>
       </c>
-      <c r="AW4" s="30"/>
-[...2 lines deleted...]
-      <c r="AZ4" s="27">
+      <c r="AW4" s="28"/>
+      <c r="AX4" s="28"/>
+      <c r="AY4" s="28"/>
+      <c r="AZ4" s="25">
         <v>2020</v>
       </c>
-      <c r="BA4" s="27"/>
-[...2 lines deleted...]
-      <c r="BD4" s="30">
+      <c r="BA4" s="25"/>
+      <c r="BB4" s="25"/>
+      <c r="BC4" s="25"/>
+      <c r="BD4" s="28">
         <v>2021</v>
       </c>
-      <c r="BE4" s="30"/>
-[...2 lines deleted...]
-      <c r="BH4" s="27">
+      <c r="BE4" s="28"/>
+      <c r="BF4" s="28"/>
+      <c r="BG4" s="28"/>
+      <c r="BH4" s="25">
         <v>2022</v>
       </c>
-      <c r="BI4" s="27"/>
-[...2 lines deleted...]
-      <c r="BL4" s="30">
+      <c r="BI4" s="25"/>
+      <c r="BJ4" s="25"/>
+      <c r="BK4" s="25"/>
+      <c r="BL4" s="28">
         <v>2023</v>
       </c>
-      <c r="BM4" s="30"/>
-[...2 lines deleted...]
-      <c r="BP4" s="28">
+      <c r="BM4" s="28"/>
+      <c r="BN4" s="28"/>
+      <c r="BO4" s="28"/>
+      <c r="BP4" s="26">
         <v>2024</v>
       </c>
-      <c r="BQ4" s="27"/>
-[...2 lines deleted...]
-      <c r="BT4" s="25">
+      <c r="BQ4" s="25"/>
+      <c r="BR4" s="25"/>
+      <c r="BS4" s="27"/>
+      <c r="BT4" s="29">
         <v>2025</v>
       </c>
-      <c r="BU4" s="26"/>
+      <c r="BU4" s="28"/>
+      <c r="BV4" s="30"/>
     </row>
-    <row r="5" spans="1:73" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:74" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="12" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="12" t="s">
@@ -1123,52 +1124,55 @@
       </c>
       <c r="BN5" s="12" t="s">
         <v>16</v>
       </c>
       <c r="BO5" s="24" t="s">
         <v>17</v>
       </c>
       <c r="BP5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="BQ5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="BR5" s="12" t="s">
         <v>16</v>
       </c>
       <c r="BS5" s="12" t="s">
         <v>17</v>
       </c>
       <c r="BT5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="BU5" s="12" t="s">
         <v>15</v>
       </c>
+      <c r="BV5" s="12" t="s">
+        <v>16</v>
+      </c>
     </row>
-    <row r="6" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="13"/>
       <c r="G6" s="13"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="13"/>
       <c r="L6" s="13"/>
       <c r="M6" s="13"/>
       <c r="N6" s="13"/>
       <c r="O6" s="13"/>
       <c r="P6" s="13"/>
       <c r="Q6" s="13"/>
       <c r="R6" s="13"/>
       <c r="S6" s="13"/>
       <c r="T6" s="13"/>
       <c r="U6" s="13"/>
       <c r="V6" s="13"/>
       <c r="W6" s="13"/>
       <c r="X6" s="13"/>
       <c r="Y6" s="13"/>
@@ -1195,51 +1199,51 @@
       <c r="AT6" s="13"/>
       <c r="AU6" s="13"/>
       <c r="AV6" s="13"/>
       <c r="AW6" s="13"/>
       <c r="AX6" s="13"/>
       <c r="AY6" s="13"/>
       <c r="AZ6" s="13"/>
       <c r="BA6" s="13"/>
       <c r="BB6" s="13"/>
       <c r="BC6" s="13"/>
       <c r="BD6" s="13"/>
       <c r="BE6" s="13"/>
       <c r="BF6" s="13"/>
       <c r="BG6" s="13"/>
       <c r="BH6" s="13"/>
       <c r="BI6" s="13"/>
       <c r="BJ6" s="13"/>
       <c r="BK6" s="13"/>
       <c r="BL6" s="13"/>
       <c r="BM6" s="13"/>
       <c r="BP6" s="13"/>
       <c r="BQ6" s="13"/>
       <c r="BR6" s="13"/>
       <c r="BS6" s="13"/>
     </row>
-    <row r="7" spans="1:73" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:74" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="14" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="16">
         <v>0</v>
       </c>
       <c r="E7" s="16">
         <v>1218.5</v>
       </c>
       <c r="F7" s="16">
         <v>1599.1</v>
       </c>
       <c r="G7" s="16">
         <v>1283.8952570000001</v>
       </c>
       <c r="H7" s="16">
         <v>2043</v>
       </c>
       <c r="I7" s="16">
         <v>1971.5</v>
       </c>
       <c r="J7" s="16">
         <v>3492.75</v>
       </c>
@@ -1410,52 +1414,55 @@
       </c>
       <c r="BN7" s="16">
         <v>48910.000000000007</v>
       </c>
       <c r="BO7" s="16">
         <v>40979.4</v>
       </c>
       <c r="BP7" s="16">
         <v>30610</v>
       </c>
       <c r="BQ7" s="16">
         <v>22470</v>
       </c>
       <c r="BR7" s="16">
         <v>22200</v>
       </c>
       <c r="BS7" s="16">
         <v>22680</v>
       </c>
       <c r="BT7" s="16">
         <v>23700</v>
       </c>
       <c r="BU7" s="16">
         <v>24400</v>
       </c>
+      <c r="BV7" s="16">
+        <v>24860.000000000004</v>
+      </c>
     </row>
-    <row r="8" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="7"/>
       <c r="C8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D8" s="17">
         <v>0</v>
       </c>
       <c r="E8" s="17">
         <v>1041.5050000000001</v>
       </c>
       <c r="F8" s="17">
         <v>1257.095</v>
       </c>
       <c r="G8" s="17">
         <v>1040.585257</v>
       </c>
       <c r="H8" s="17">
         <v>1473.325</v>
       </c>
       <c r="I8" s="17">
         <v>1444.82</v>
       </c>
       <c r="J8" s="17">
         <v>2615.9850000000001</v>
       </c>
@@ -1626,52 +1633,55 @@
       </c>
       <c r="BN8" s="17">
         <v>27674.25</v>
       </c>
       <c r="BO8" s="17">
         <v>20622.084999999999</v>
       </c>
       <c r="BP8" s="17">
         <v>9519.375</v>
       </c>
       <c r="BQ8" s="17">
         <v>4311.3999999999996</v>
       </c>
       <c r="BR8" s="17">
         <v>5448.6450000000004</v>
       </c>
       <c r="BS8" s="17">
         <v>7372.6750000000002</v>
       </c>
       <c r="BT8" s="17">
         <v>8914.1049999999996</v>
       </c>
       <c r="BU8" s="17">
         <v>6960.53</v>
       </c>
+      <c r="BV8" s="17">
+        <v>6048.91</v>
+      </c>
     </row>
-    <row r="9" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="7"/>
       <c r="C9" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="17">
         <v>0</v>
       </c>
       <c r="E9" s="17">
         <v>131.17500000000001</v>
       </c>
       <c r="F9" s="17">
         <v>289.64499999999998</v>
       </c>
       <c r="G9" s="17">
         <v>213.48</v>
       </c>
       <c r="H9" s="17">
         <v>463.41500000000002</v>
       </c>
       <c r="I9" s="17">
         <v>352.315</v>
       </c>
       <c r="J9" s="17">
         <v>809.245</v>
       </c>
@@ -1842,52 +1852,55 @@
       </c>
       <c r="BN9" s="17">
         <v>16315.64</v>
       </c>
       <c r="BO9" s="17">
         <v>16195.17</v>
       </c>
       <c r="BP9" s="17">
         <v>16990.224999999999</v>
       </c>
       <c r="BQ9" s="17">
         <v>14665.745000000001</v>
       </c>
       <c r="BR9" s="17">
         <v>12248.855</v>
       </c>
       <c r="BS9" s="17">
         <v>12302.084999999999</v>
       </c>
       <c r="BT9" s="17">
         <v>11598.95</v>
       </c>
       <c r="BU9" s="17">
         <v>12132.85</v>
       </c>
+      <c r="BV9" s="17">
+        <v>13883.38</v>
+      </c>
     </row>
-    <row r="10" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="7"/>
       <c r="C10" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="17">
         <v>0</v>
       </c>
       <c r="E10" s="17">
         <v>14.06</v>
       </c>
       <c r="F10" s="17">
         <v>16.995000000000001</v>
       </c>
       <c r="G10" s="17">
         <v>18.25</v>
       </c>
       <c r="H10" s="17">
         <v>40.51</v>
       </c>
       <c r="I10" s="17">
         <v>93.085000000000008</v>
       </c>
       <c r="J10" s="17">
         <v>7.08</v>
       </c>
@@ -2058,52 +2071,55 @@
       </c>
       <c r="BN10" s="17">
         <v>178.745</v>
       </c>
       <c r="BO10" s="17">
         <v>157.64499999999998</v>
       </c>
       <c r="BP10" s="17">
         <v>94.594999999999999</v>
       </c>
       <c r="BQ10" s="17">
         <v>123.15</v>
       </c>
       <c r="BR10" s="17">
         <v>83.515000000000001</v>
       </c>
       <c r="BS10" s="17">
         <v>65.194999999999993</v>
       </c>
       <c r="BT10" s="17">
         <v>95.61</v>
       </c>
       <c r="BU10" s="17">
         <v>113.89000000000001</v>
       </c>
+      <c r="BV10" s="17">
+        <v>76.06</v>
+      </c>
     </row>
-    <row r="11" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="7"/>
       <c r="C11" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="17">
         <v>0</v>
       </c>
       <c r="E11" s="17">
         <v>4.0549999999999997</v>
       </c>
       <c r="F11" s="17">
         <v>28.82</v>
       </c>
       <c r="G11" s="17">
         <v>2.75</v>
       </c>
       <c r="H11" s="17">
         <v>2.2000000000000002</v>
       </c>
       <c r="I11" s="17">
         <v>17.260000000000002</v>
       </c>
       <c r="J11" s="17">
         <v>9</v>
       </c>
@@ -2274,52 +2290,55 @@
       </c>
       <c r="BN11" s="17">
         <v>1898.615</v>
       </c>
       <c r="BO11" s="17">
         <v>1868.75</v>
       </c>
       <c r="BP11" s="17">
         <v>2050.11</v>
       </c>
       <c r="BQ11" s="17">
         <v>1385.94</v>
       </c>
       <c r="BR11" s="17">
         <v>1356.54</v>
       </c>
       <c r="BS11" s="17">
         <v>1023.66</v>
       </c>
       <c r="BT11" s="17">
         <v>1507.4849999999999</v>
       </c>
       <c r="BU11" s="17">
         <v>1623.41</v>
       </c>
+      <c r="BV11" s="17">
+        <v>1626.17</v>
+      </c>
     </row>
-    <row r="12" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="7"/>
       <c r="C12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="17">
         <v>0</v>
       </c>
       <c r="E12" s="17">
         <v>0.8</v>
       </c>
       <c r="F12" s="17">
         <v>0</v>
       </c>
       <c r="G12" s="17">
         <v>1.4</v>
       </c>
       <c r="H12" s="17">
         <v>19.329999999999998</v>
       </c>
       <c r="I12" s="17">
         <v>12.33</v>
       </c>
       <c r="J12" s="17">
         <v>8.6999999999999993</v>
       </c>
@@ -2490,52 +2509,55 @@
       </c>
       <c r="BN12" s="17">
         <v>283.08499999999998</v>
       </c>
       <c r="BO12" s="17">
         <v>222.19</v>
       </c>
       <c r="BP12" s="17">
         <v>163.685</v>
       </c>
       <c r="BQ12" s="17">
         <v>126.33499999999999</v>
       </c>
       <c r="BR12" s="17">
         <v>82.5</v>
       </c>
       <c r="BS12" s="17">
         <v>56.664999999999999</v>
       </c>
       <c r="BT12" s="17">
         <v>68.174999999999997</v>
       </c>
       <c r="BU12" s="17">
         <v>77.025000000000006</v>
       </c>
+      <c r="BV12" s="17">
+        <v>95.92</v>
+      </c>
     </row>
-    <row r="13" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="7"/>
       <c r="C13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="17">
         <v>0</v>
       </c>
       <c r="E13" s="17">
         <v>0</v>
       </c>
       <c r="F13" s="17">
         <v>5</v>
       </c>
       <c r="G13" s="17">
         <v>5</v>
       </c>
       <c r="H13" s="17">
         <v>5</v>
       </c>
       <c r="I13" s="17">
         <v>20</v>
       </c>
       <c r="J13" s="17">
         <v>16.399999999999999</v>
       </c>
@@ -2706,52 +2728,55 @@
       </c>
       <c r="BN13" s="17">
         <v>447.4</v>
       </c>
       <c r="BO13" s="17">
         <v>0</v>
       </c>
       <c r="BP13" s="17">
         <v>0</v>
       </c>
       <c r="BQ13" s="17">
         <v>0</v>
       </c>
       <c r="BR13" s="17">
         <v>904</v>
       </c>
       <c r="BS13" s="17">
         <v>0</v>
       </c>
       <c r="BT13" s="17">
         <v>0</v>
       </c>
       <c r="BU13" s="17">
         <v>820</v>
       </c>
+      <c r="BV13" s="17">
+        <v>347</v>
+      </c>
     </row>
-    <row r="14" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="7"/>
       <c r="C14" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="17">
         <v>0</v>
       </c>
       <c r="E14" s="17">
         <v>26.905000000000001</v>
       </c>
       <c r="F14" s="17">
         <v>1.5449999999999999</v>
       </c>
       <c r="G14" s="17">
         <v>2.4300000000000002</v>
       </c>
       <c r="H14" s="17">
         <v>39.22</v>
       </c>
       <c r="I14" s="17">
         <v>31.69</v>
       </c>
       <c r="J14" s="17">
         <v>26.34</v>
       </c>
@@ -2922,52 +2947,55 @@
       </c>
       <c r="BN14" s="17">
         <v>1768.4401983815201</v>
       </c>
       <c r="BO14" s="17">
         <v>1699.51280752197</v>
       </c>
       <c r="BP14" s="17">
         <v>1792.01</v>
       </c>
       <c r="BQ14" s="17">
         <v>1857.43</v>
       </c>
       <c r="BR14" s="17">
         <v>2075.9450000000002</v>
       </c>
       <c r="BS14" s="17">
         <v>1859.72</v>
       </c>
       <c r="BT14" s="17">
         <v>1515.675</v>
       </c>
       <c r="BU14" s="17">
         <v>2402.2950000000001</v>
       </c>
+      <c r="BV14" s="17">
+        <v>2515.56</v>
+      </c>
     </row>
-    <row r="15" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="7"/>
       <c r="C15" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="17">
         <v>0</v>
       </c>
       <c r="E15" s="17">
         <v>0</v>
       </c>
       <c r="F15" s="17">
         <v>0</v>
       </c>
       <c r="G15" s="17">
         <v>0</v>
       </c>
       <c r="H15" s="17">
         <v>0</v>
       </c>
       <c r="I15" s="17">
         <v>0</v>
       </c>
       <c r="J15" s="17">
         <v>0</v>
       </c>
@@ -3138,52 +3166,55 @@
       </c>
       <c r="BN15" s="17">
         <v>343.82480161848503</v>
       </c>
       <c r="BO15" s="17">
         <v>214.047192478033</v>
       </c>
       <c r="BP15" s="17">
         <v>0</v>
       </c>
       <c r="BQ15" s="17">
         <v>0</v>
       </c>
       <c r="BR15" s="17">
         <v>0</v>
       </c>
       <c r="BS15" s="17">
         <v>0</v>
       </c>
       <c r="BT15" s="17">
         <v>0</v>
       </c>
       <c r="BU15" s="17">
         <v>270</v>
       </c>
+      <c r="BV15" s="17">
+        <v>267</v>
+      </c>
     </row>
-    <row r="16" spans="1:73" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:74" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="13"/>
       <c r="G16" s="13"/>
       <c r="H16" s="13"/>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="13"/>
       <c r="L16" s="13"/>
       <c r="M16" s="13"/>
       <c r="N16" s="13"/>
       <c r="O16" s="13"/>
       <c r="P16" s="13"/>
       <c r="Q16" s="13"/>
       <c r="R16" s="13"/>
       <c r="S16" s="13"/>
       <c r="T16" s="13"/>
       <c r="U16" s="13"/>
       <c r="V16" s="13"/>
       <c r="W16" s="13"/>
       <c r="X16" s="13"/>
       <c r="Y16" s="13"/>
       <c r="Z16" s="13"/>
       <c r="AA16" s="13"/>
       <c r="AB16" s="13"/>
@@ -3210,52 +3241,53 @@
       <c r="AW16" s="13"/>
       <c r="AX16" s="13"/>
       <c r="AY16" s="13"/>
       <c r="AZ16" s="13"/>
       <c r="BA16" s="13"/>
       <c r="BB16" s="13"/>
       <c r="BC16" s="13"/>
       <c r="BD16" s="13"/>
       <c r="BE16" s="13"/>
       <c r="BF16" s="13"/>
       <c r="BG16" s="13"/>
       <c r="BH16" s="13"/>
       <c r="BI16" s="13"/>
       <c r="BJ16" s="13"/>
       <c r="BK16" s="13"/>
       <c r="BL16" s="13"/>
       <c r="BM16" s="13"/>
       <c r="BN16" s="13"/>
       <c r="BO16" s="13"/>
       <c r="BP16" s="13"/>
       <c r="BQ16" s="13"/>
       <c r="BR16" s="13"/>
       <c r="BS16" s="13"/>
       <c r="BT16" s="13"/>
       <c r="BU16" s="13"/>
+      <c r="BV16" s="13"/>
     </row>
-    <row r="17" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="16">
         <v>0</v>
       </c>
       <c r="E17" s="16">
         <v>25612.620126900492</v>
       </c>
       <c r="F17" s="16">
         <v>25459.415857337914</v>
       </c>
       <c r="G17" s="16">
         <v>26494.387642502712</v>
       </c>
       <c r="H17" s="16">
         <v>25961.235335849684</v>
       </c>
       <c r="I17" s="16">
         <v>27879.355505212126</v>
       </c>
       <c r="J17" s="16">
         <v>26993.950318250394</v>
       </c>
@@ -3426,52 +3458,55 @@
       </c>
       <c r="BN17" s="16">
         <v>32964.401670547479</v>
       </c>
       <c r="BO17" s="16">
         <v>41378.667549320977</v>
       </c>
       <c r="BP17" s="16">
         <v>51770.970089124923</v>
       </c>
       <c r="BQ17" s="16">
         <v>46976.411106226937</v>
       </c>
       <c r="BR17" s="16">
         <v>40048.855650221267</v>
       </c>
       <c r="BS17" s="16">
         <v>40706.44332297823</v>
       </c>
       <c r="BT17" s="16">
         <v>40732.98185757138</v>
       </c>
       <c r="BU17" s="16">
         <v>42867.550949442972</v>
       </c>
+      <c r="BV17" s="16">
+        <v>40700.803456273497</v>
+      </c>
     </row>
-    <row r="18" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="7"/>
       <c r="C18" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="17">
         <v>0</v>
       </c>
       <c r="E18" s="17">
         <v>0</v>
       </c>
       <c r="F18" s="17">
         <v>0</v>
       </c>
       <c r="G18" s="17">
         <v>0</v>
       </c>
       <c r="H18" s="17">
         <v>0</v>
       </c>
       <c r="I18" s="17">
         <v>0</v>
       </c>
       <c r="J18" s="17">
         <v>0</v>
       </c>
@@ -3642,52 +3677,55 @@
       </c>
       <c r="BN18" s="17">
         <v>0</v>
       </c>
       <c r="BO18" s="17">
         <v>0</v>
       </c>
       <c r="BP18" s="17">
         <v>0</v>
       </c>
       <c r="BQ18" s="17">
         <v>0</v>
       </c>
       <c r="BR18" s="17">
         <v>0</v>
       </c>
       <c r="BS18" s="17">
         <v>0</v>
       </c>
       <c r="BT18" s="17">
         <v>0</v>
       </c>
       <c r="BU18" s="17">
         <v>0</v>
       </c>
+      <c r="BV18" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="7"/>
       <c r="C19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="17">
         <v>0</v>
       </c>
       <c r="E19" s="17">
         <v>4430.0750122263553</v>
       </c>
       <c r="F19" s="17">
         <v>4589.4063133992404</v>
       </c>
       <c r="G19" s="17">
         <v>5139.493809406069</v>
       </c>
       <c r="H19" s="17">
         <v>3557.7812006885288</v>
       </c>
       <c r="I19" s="17">
         <v>4569.9113727755057</v>
       </c>
       <c r="J19" s="17">
         <v>4552.4158560633732</v>
       </c>
@@ -3858,52 +3896,55 @@
       </c>
       <c r="BN19" s="17">
         <v>5466.4689007995203</v>
       </c>
       <c r="BO19" s="17">
         <v>13763.74607627411</v>
       </c>
       <c r="BP19" s="17">
         <v>23425.491389179449</v>
       </c>
       <c r="BQ19" s="17">
         <v>14604.876596043596</v>
       </c>
       <c r="BR19" s="17">
         <v>5466.0353435436682</v>
       </c>
       <c r="BS19" s="17">
         <v>4643.5835086327479</v>
       </c>
       <c r="BT19" s="17">
         <v>4166.6511340158631</v>
       </c>
       <c r="BU19" s="17">
         <v>5674.1968353134289</v>
       </c>
+      <c r="BV19" s="17">
+        <v>6347.5626653932923</v>
+      </c>
     </row>
-    <row r="20" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="7"/>
       <c r="C20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="17">
         <v>0</v>
       </c>
       <c r="E20" s="17">
         <v>8045.8599392411452</v>
       </c>
       <c r="F20" s="17">
         <v>7548.6762908108776</v>
       </c>
       <c r="G20" s="17">
         <v>7467.2340117005333</v>
       </c>
       <c r="H20" s="17">
         <v>9650.1051814263392</v>
       </c>
       <c r="I20" s="17">
         <v>11276.462481680461</v>
       </c>
       <c r="J20" s="17">
         <v>11555.81299882321</v>
       </c>
@@ -4074,52 +4115,55 @@
       </c>
       <c r="BN20" s="17">
         <v>16354.30406660221</v>
       </c>
       <c r="BO20" s="17">
         <v>16879.495963347617</v>
       </c>
       <c r="BP20" s="17">
         <v>18098.11100248713</v>
       </c>
       <c r="BQ20" s="17">
         <v>21580.974588968231</v>
       </c>
       <c r="BR20" s="17">
         <v>23930.152087186452</v>
       </c>
       <c r="BS20" s="17">
         <v>25237.376254997667</v>
       </c>
       <c r="BT20" s="17">
         <v>25664.233854513412</v>
       </c>
       <c r="BU20" s="17">
         <v>26651.523823639385</v>
       </c>
+      <c r="BV20" s="17">
+        <v>23042.522612548622</v>
+      </c>
     </row>
-    <row r="21" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="7"/>
       <c r="C21" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="17">
         <v>0</v>
       </c>
       <c r="E21" s="17">
         <v>1315.2655191322579</v>
       </c>
       <c r="F21" s="17">
         <v>1366.388255667297</v>
       </c>
       <c r="G21" s="17">
         <v>1563.645580335186</v>
       </c>
       <c r="H21" s="17">
         <v>1485.928772551352</v>
       </c>
       <c r="I21" s="17">
         <v>1591.000185592929</v>
       </c>
       <c r="J21" s="17">
         <v>869.211669972663</v>
       </c>
@@ -4290,52 +4334,55 @@
       </c>
       <c r="BN21" s="17">
         <v>410.25334279028749</v>
       </c>
       <c r="BO21" s="17">
         <v>593.9665266401289</v>
       </c>
       <c r="BP21" s="17">
         <v>546.92487786144977</v>
       </c>
       <c r="BQ21" s="17">
         <v>388.60951362479869</v>
       </c>
       <c r="BR21" s="17">
         <v>358.3827013862209</v>
       </c>
       <c r="BS21" s="17">
         <v>278.23305177345594</v>
       </c>
       <c r="BT21" s="17">
         <v>200.72037499995645</v>
       </c>
       <c r="BU21" s="17">
         <v>173.62327130006736</v>
       </c>
+      <c r="BV21" s="17">
+        <v>225.9766168874074</v>
+      </c>
     </row>
-    <row r="22" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="7"/>
       <c r="C22" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="17">
         <v>0</v>
       </c>
       <c r="E22" s="17">
         <v>9906.9437358350588</v>
       </c>
       <c r="F22" s="17">
         <v>10067.846368269031</v>
       </c>
       <c r="G22" s="17">
         <v>9671.1470880272591</v>
       </c>
       <c r="H22" s="17">
         <v>8554.0415893968202</v>
       </c>
       <c r="I22" s="17">
         <v>8056.5097745762105</v>
       </c>
       <c r="J22" s="17">
         <v>6774.4406319385107</v>
       </c>
@@ -4506,52 +4553,55 @@
       </c>
       <c r="BN22" s="17">
         <v>2015.2881977418549</v>
       </c>
       <c r="BO22" s="17">
         <v>2209.4285762396339</v>
       </c>
       <c r="BP22" s="17">
         <v>2395.7604267402412</v>
       </c>
       <c r="BQ22" s="17">
         <v>2821.035359097385</v>
       </c>
       <c r="BR22" s="17">
         <v>3071.587044952882</v>
       </c>
       <c r="BS22" s="17">
         <v>3528.1387163440108</v>
       </c>
       <c r="BT22" s="17">
         <v>3180.1185977802188</v>
       </c>
       <c r="BU22" s="17">
         <v>3278.4357932727607</v>
       </c>
+      <c r="BV22" s="17">
+        <v>3567.5498971835141</v>
+      </c>
     </row>
-    <row r="23" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="7"/>
       <c r="C23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="17">
         <v>0</v>
       </c>
       <c r="E23" s="17">
         <v>325.02400903745138</v>
       </c>
       <c r="F23" s="17">
         <v>339.44476582093961</v>
       </c>
       <c r="G23" s="17">
         <v>366.20392491668525</v>
       </c>
       <c r="H23" s="17">
         <v>396.69832866936201</v>
       </c>
       <c r="I23" s="17">
         <v>354.68236507690892</v>
       </c>
       <c r="J23" s="17">
         <v>302.910666281592</v>
       </c>
@@ -4722,52 +4772,55 @@
       </c>
       <c r="BN23" s="17">
         <v>1679.9016001476739</v>
       </c>
       <c r="BO23" s="17">
         <v>1631.9881067974766</v>
       </c>
       <c r="BP23" s="17">
         <v>1405.2058837969587</v>
       </c>
       <c r="BQ23" s="17">
         <v>1375.162603440406</v>
       </c>
       <c r="BR23" s="17">
         <v>1450.4251346138801</v>
       </c>
       <c r="BS23" s="17">
         <v>1358.7577947550878</v>
       </c>
       <c r="BT23" s="17">
         <v>1399.241064234518</v>
       </c>
       <c r="BU23" s="17">
         <v>1343.8378934312423</v>
       </c>
+      <c r="BV23" s="17">
+        <v>1251.4020510173882</v>
+      </c>
     </row>
-    <row r="24" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="7"/>
       <c r="C24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="17">
         <v>0</v>
       </c>
       <c r="E24" s="17">
         <v>0</v>
       </c>
       <c r="F24" s="17">
         <v>0</v>
       </c>
       <c r="G24" s="17">
         <v>0</v>
       </c>
       <c r="H24" s="17">
         <v>0</v>
       </c>
       <c r="I24" s="17">
         <v>0</v>
       </c>
       <c r="J24" s="17">
         <v>0</v>
       </c>
@@ -4938,52 +4991,55 @@
       </c>
       <c r="BN24" s="17">
         <v>33.174058985000002</v>
       </c>
       <c r="BO24" s="17">
         <v>0</v>
       </c>
       <c r="BP24" s="17">
         <v>0</v>
       </c>
       <c r="BQ24" s="17">
         <v>0</v>
       </c>
       <c r="BR24" s="17">
         <v>400.42466666399997</v>
       </c>
       <c r="BS24" s="17">
         <v>0</v>
       </c>
       <c r="BT24" s="17">
         <v>0</v>
       </c>
       <c r="BU24" s="17">
         <v>147.348057167505</v>
       </c>
+      <c r="BV24" s="17">
+        <v>10.8</v>
+      </c>
     </row>
-    <row r="25" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="7"/>
       <c r="C25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="17">
         <v>0</v>
       </c>
       <c r="E25" s="17">
         <v>1589.451911428228</v>
       </c>
       <c r="F25" s="17">
         <v>1547.653863370527</v>
       </c>
       <c r="G25" s="17">
         <v>2286.6632281169791</v>
       </c>
       <c r="H25" s="17">
         <v>2316.680263117285</v>
       </c>
       <c r="I25" s="17">
         <v>2030.7893255101121</v>
       </c>
       <c r="J25" s="17">
         <v>2939.1584951710493</v>
       </c>
@@ -5154,52 +5210,55 @@
       </c>
       <c r="BN25" s="17">
         <v>6955.8975074809305</v>
       </c>
       <c r="BO25" s="17">
         <v>6300.0423000220144</v>
       </c>
       <c r="BP25" s="17">
         <v>5899.4765090596929</v>
       </c>
       <c r="BQ25" s="17">
         <v>6205.7524450525289</v>
       </c>
       <c r="BR25" s="17">
         <v>5371.8486718741615</v>
       </c>
       <c r="BS25" s="17">
         <v>5660.3539964752581</v>
       </c>
       <c r="BT25" s="17">
         <v>6122.0168320274097</v>
       </c>
       <c r="BU25" s="17">
         <v>5598.5852753185827</v>
       </c>
+      <c r="BV25" s="17">
+        <v>6254.9896132432677</v>
+      </c>
     </row>
-    <row r="26" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="7"/>
       <c r="C26" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="17">
         <v>0</v>
       </c>
       <c r="E26" s="17">
         <v>0</v>
       </c>
       <c r="F26" s="17">
         <v>0</v>
       </c>
       <c r="G26" s="17">
         <v>0</v>
       </c>
       <c r="H26" s="17">
         <v>0</v>
       </c>
       <c r="I26" s="17">
         <v>0</v>
       </c>
       <c r="J26" s="17">
         <v>0</v>
       </c>
@@ -5370,52 +5429,55 @@
       </c>
       <c r="BN26" s="17">
         <v>49.113996</v>
       </c>
       <c r="BO26" s="17">
         <v>0</v>
       </c>
       <c r="BP26" s="17">
         <v>0</v>
       </c>
       <c r="BQ26" s="17">
         <v>0</v>
       </c>
       <c r="BR26" s="17">
         <v>0</v>
       </c>
       <c r="BS26" s="17">
         <v>0</v>
       </c>
       <c r="BT26" s="17">
         <v>0</v>
       </c>
       <c r="BU26" s="17">
         <v>0</v>
       </c>
+      <c r="BV26" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="2:73" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:74" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="7"/>
       <c r="C27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D27" s="18">
         <v>0</v>
       </c>
       <c r="E27" s="18">
         <v>0</v>
       </c>
       <c r="F27" s="18">
         <v>0</v>
       </c>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>0</v>
       </c>
       <c r="I27" s="18">
         <v>0</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
@@ -5550,52 +5612,53 @@
       </c>
       <c r="BB27" s="18">
         <v>542.76255566299994</v>
       </c>
       <c r="BC27" s="18">
         <v>219.88996573233482</v>
       </c>
       <c r="BD27" s="18"/>
       <c r="BE27" s="18"/>
       <c r="BF27" s="18"/>
       <c r="BG27" s="18"/>
       <c r="BH27" s="18"/>
       <c r="BI27" s="18"/>
       <c r="BJ27" s="18"/>
       <c r="BK27" s="18"/>
       <c r="BL27" s="18"/>
       <c r="BM27" s="18"/>
       <c r="BN27" s="18"/>
       <c r="BO27" s="18"/>
       <c r="BP27" s="18"/>
       <c r="BQ27" s="18"/>
       <c r="BR27" s="18"/>
       <c r="BS27" s="18"/>
       <c r="BT27" s="18"/>
       <c r="BU27" s="18"/>
+      <c r="BV27" s="18"/>
     </row>
-    <row r="28" spans="2:73" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:74" x14ac:dyDescent="0.25">
       <c r="D28" s="13"/>
       <c r="E28" s="13"/>
       <c r="F28" s="13"/>
       <c r="G28" s="13"/>
       <c r="H28" s="13"/>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="13"/>
       <c r="L28" s="13"/>
       <c r="M28" s="13"/>
       <c r="N28" s="13"/>
       <c r="O28" s="13"/>
       <c r="P28" s="13"/>
       <c r="Q28" s="13"/>
       <c r="R28" s="13"/>
       <c r="S28" s="13"/>
       <c r="T28" s="13"/>
       <c r="U28" s="13"/>
       <c r="V28" s="13"/>
       <c r="W28" s="13"/>
       <c r="X28" s="13"/>
       <c r="Y28" s="13"/>
       <c r="Z28" s="13"/>
       <c r="AA28" s="13"/>
       <c r="AB28" s="13"/>
@@ -5622,52 +5685,53 @@
       <c r="AW28" s="13"/>
       <c r="AX28" s="13"/>
       <c r="AY28" s="13"/>
       <c r="AZ28" s="13"/>
       <c r="BA28" s="13"/>
       <c r="BB28" s="13"/>
       <c r="BC28" s="13"/>
       <c r="BD28" s="13"/>
       <c r="BE28" s="13"/>
       <c r="BF28" s="13"/>
       <c r="BG28" s="13"/>
       <c r="BH28" s="13"/>
       <c r="BI28" s="13"/>
       <c r="BJ28" s="13"/>
       <c r="BK28" s="13"/>
       <c r="BL28" s="13"/>
       <c r="BM28" s="13"/>
       <c r="BN28" s="13"/>
       <c r="BO28" s="13"/>
       <c r="BP28" s="13"/>
       <c r="BQ28" s="13"/>
       <c r="BR28" s="13"/>
       <c r="BS28" s="13"/>
       <c r="BT28" s="13"/>
       <c r="BU28" s="13"/>
+      <c r="BV28" s="13"/>
     </row>
-    <row r="29" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="15"/>
       <c r="D29" s="16">
         <v>0</v>
       </c>
       <c r="E29" s="16">
         <v>420.96839200000022</v>
       </c>
       <c r="F29" s="16">
         <v>461.53145400000005</v>
       </c>
       <c r="G29" s="16">
         <v>501.09604699999977</v>
       </c>
       <c r="H29" s="16">
         <v>560.61811899999975</v>
       </c>
       <c r="I29" s="16">
         <v>598.03894999999989</v>
       </c>
       <c r="J29" s="16">
         <v>606.34280199999989</v>
       </c>
@@ -5838,52 +5902,55 @@
       </c>
       <c r="BN29" s="16">
         <v>440.51089699999955</v>
       </c>
       <c r="BO29" s="16">
         <v>511.48285499999997</v>
       </c>
       <c r="BP29" s="16">
         <v>557.560819725339</v>
       </c>
       <c r="BQ29" s="16">
         <v>687.92945199999997</v>
       </c>
       <c r="BR29" s="16">
         <v>853.76358299999993</v>
       </c>
       <c r="BS29" s="16">
         <v>1058.8968280000001</v>
       </c>
       <c r="BT29" s="16">
         <v>930.93787199999997</v>
       </c>
       <c r="BU29" s="16">
         <v>1233.1378699999998</v>
       </c>
+      <c r="BV29" s="16">
+        <v>1123.5816929979042</v>
+      </c>
     </row>
-    <row r="30" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="7"/>
       <c r="C30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D30" s="17">
         <v>0</v>
       </c>
       <c r="E30" s="17">
         <v>3.5228264626153303</v>
       </c>
       <c r="F30" s="17">
         <v>3.4874436702083198</v>
       </c>
       <c r="G30" s="17">
         <v>3.53165911633333</v>
       </c>
       <c r="H30" s="17">
         <v>2.5696207833333302</v>
       </c>
       <c r="I30" s="17">
         <v>0.99336599999999997</v>
       </c>
       <c r="J30" s="17">
         <v>92.831521589958157</v>
       </c>
@@ -6052,54 +6119,57 @@
       <c r="BM30" s="17">
         <v>7.6499999999999995</v>
       </c>
       <c r="BN30" s="17">
         <v>9.375</v>
       </c>
       <c r="BO30" s="17">
         <v>9.8350000000000009</v>
       </c>
       <c r="BP30" s="17">
         <v>17.473800000000001</v>
       </c>
       <c r="BQ30" s="17">
         <v>18.616230000000002</v>
       </c>
       <c r="BR30" s="17">
         <v>15.244999999999999</v>
       </c>
       <c r="BS30" s="17">
         <v>9.8449999999999989</v>
       </c>
       <c r="BT30" s="17">
         <v>10.80941066666667</v>
       </c>
       <c r="BU30" s="17">
-        <v>11.296706666666671</v>
+        <v>11.296706666666669</v>
+      </c>
+      <c r="BV30" s="17">
+        <v>6.1873897040911698</v>
       </c>
     </row>
-    <row r="31" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="7"/>
       <c r="C31" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="17">
         <v>0</v>
       </c>
       <c r="E31" s="17">
         <v>239.36745639036351</v>
       </c>
       <c r="F31" s="17">
         <v>264.59757332806925</v>
       </c>
       <c r="G31" s="17">
         <v>222.58940850590892</v>
       </c>
       <c r="H31" s="17">
         <v>288.75132646276995</v>
       </c>
       <c r="I31" s="17">
         <v>365.55582035411555</v>
       </c>
       <c r="J31" s="17">
         <v>397.73701760627756</v>
       </c>
@@ -6270,52 +6340,55 @@
       </c>
       <c r="BN31" s="17">
         <v>307.81219728784515</v>
       </c>
       <c r="BO31" s="17">
         <v>436.44918816099994</v>
       </c>
       <c r="BP31" s="17">
         <v>513.55044450399998</v>
       </c>
       <c r="BQ31" s="17">
         <v>645.55806254100003</v>
       </c>
       <c r="BR31" s="17">
         <v>815.62438199999997</v>
       </c>
       <c r="BS31" s="17">
         <v>833.38176600000008</v>
       </c>
       <c r="BT31" s="17">
         <v>897.86646967933325</v>
       </c>
       <c r="BU31" s="17">
         <v>1198.7388789333334</v>
       </c>
+      <c r="BV31" s="17">
+        <v>1101.749740588866</v>
+      </c>
     </row>
-    <row r="32" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="7"/>
       <c r="C32" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="17">
         <v>0</v>
       </c>
       <c r="E32" s="17">
         <v>14.370697075812149</v>
       </c>
       <c r="F32" s="17">
         <v>17.197968348321041</v>
       </c>
       <c r="G32" s="17">
         <v>27.49933305715583</v>
       </c>
       <c r="H32" s="17">
         <v>25.663014618232989</v>
       </c>
       <c r="I32" s="17">
         <v>19.157591056041866</v>
       </c>
       <c r="J32" s="17">
         <v>2.5</v>
       </c>
@@ -6486,52 +6559,55 @@
       </c>
       <c r="BN32" s="17">
         <v>6.7577529950000006</v>
       </c>
       <c r="BO32" s="17">
         <v>7.9153857429999999</v>
       </c>
       <c r="BP32" s="17">
         <v>5.2350530719999995</v>
       </c>
       <c r="BQ32" s="17">
         <v>4.3310502519999989</v>
       </c>
       <c r="BR32" s="17">
         <v>5.5831924800000001</v>
       </c>
       <c r="BS32" s="17">
         <v>2.5564193820000001</v>
       </c>
       <c r="BT32" s="17">
         <v>1.7727426139999998</v>
       </c>
       <c r="BU32" s="17">
         <v>8.8010960770000004</v>
       </c>
+      <c r="BV32" s="17">
+        <v>5.3825290589999994</v>
+      </c>
     </row>
-    <row r="33" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="7"/>
       <c r="C33" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="17">
         <v>0</v>
       </c>
       <c r="E33" s="17">
         <v>11.992441314106969</v>
       </c>
       <c r="F33" s="17">
         <v>13.418561963061761</v>
       </c>
       <c r="G33" s="17">
         <v>41.71026316860172</v>
       </c>
       <c r="H33" s="17">
         <v>34.015671056794226</v>
       </c>
       <c r="I33" s="17">
         <v>9.8424659939999994</v>
       </c>
       <c r="J33" s="17">
         <v>22.086113891213401</v>
       </c>
@@ -6702,52 +6778,55 @@
       </c>
       <c r="BN33" s="17">
         <v>7.5525984805696194</v>
       </c>
       <c r="BO33" s="17">
         <v>9.9833150100000001</v>
       </c>
       <c r="BP33" s="17">
         <v>0</v>
       </c>
       <c r="BQ33" s="17">
         <v>0</v>
       </c>
       <c r="BR33" s="17">
         <v>0</v>
       </c>
       <c r="BS33" s="17">
         <v>0</v>
       </c>
       <c r="BT33" s="17">
         <v>0</v>
       </c>
       <c r="BU33" s="17">
         <v>0</v>
       </c>
+      <c r="BV33" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="7"/>
       <c r="C34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="17">
         <v>0</v>
       </c>
       <c r="E34" s="17">
         <v>0.119827359102244</v>
       </c>
       <c r="F34" s="17">
         <v>0.120815895522388</v>
       </c>
       <c r="G34" s="17">
         <v>1.2378403330000001</v>
       </c>
       <c r="H34" s="17">
         <v>1.0378403330000001</v>
       </c>
       <c r="I34" s="17">
         <v>1.122285333</v>
       </c>
       <c r="J34" s="17">
         <v>14.200234309623401</v>
       </c>
@@ -6918,52 +6997,55 @@
       </c>
       <c r="BN34" s="17">
         <v>0</v>
       </c>
       <c r="BO34" s="17">
         <v>0</v>
       </c>
       <c r="BP34" s="17">
         <v>0</v>
       </c>
       <c r="BQ34" s="17">
         <v>0</v>
       </c>
       <c r="BR34" s="17">
         <v>0</v>
       </c>
       <c r="BS34" s="17">
         <v>0</v>
       </c>
       <c r="BT34" s="17">
         <v>0</v>
       </c>
       <c r="BU34" s="17">
         <v>4.2</v>
       </c>
+      <c r="BV34" s="17">
+        <v>4.2</v>
+      </c>
     </row>
-    <row r="35" spans="1:73" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:74" x14ac:dyDescent="0.25">
       <c r="C35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="17">
         <v>0</v>
       </c>
       <c r="E35" s="17">
         <v>0</v>
       </c>
       <c r="F35" s="17">
         <v>0</v>
       </c>
       <c r="G35" s="17">
         <v>0</v>
       </c>
       <c r="H35" s="17">
         <v>0</v>
       </c>
       <c r="I35" s="17">
         <v>0</v>
       </c>
       <c r="J35" s="17">
         <v>0</v>
       </c>
       <c r="K35" s="17">
@@ -7133,52 +7215,55 @@
       </c>
       <c r="BN35" s="17">
         <v>0</v>
       </c>
       <c r="BO35" s="17">
         <v>0</v>
       </c>
       <c r="BP35" s="17">
         <v>0</v>
       </c>
       <c r="BQ35" s="17">
         <v>0</v>
       </c>
       <c r="BR35" s="17">
         <v>0</v>
       </c>
       <c r="BS35" s="17">
         <v>0</v>
       </c>
       <c r="BT35" s="17">
         <v>0</v>
       </c>
       <c r="BU35" s="17">
         <v>0</v>
       </c>
+      <c r="BV35" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:73" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:74" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="17">
         <v>0</v>
       </c>
       <c r="E36" s="17">
         <v>151.595143398</v>
       </c>
       <c r="F36" s="17">
         <v>162.70909079481734</v>
       </c>
       <c r="G36" s="17">
         <v>204.52754281899999</v>
       </c>
       <c r="H36" s="17">
         <v>208.58064574586922</v>
       </c>
       <c r="I36" s="17">
         <v>201.3674212628425</v>
       </c>
       <c r="J36" s="17">
         <v>76.987914602927418</v>
       </c>
       <c r="K36" s="17">
@@ -7348,52 +7433,55 @@
       </c>
       <c r="BN36" s="17">
         <v>109.01334823658479</v>
       </c>
       <c r="BO36" s="17">
         <v>47.299966085999998</v>
       </c>
       <c r="BP36" s="17">
         <v>21.301522149338957</v>
       </c>
       <c r="BQ36" s="17">
         <v>19.424109207000001</v>
       </c>
       <c r="BR36" s="17">
         <v>17.311008519999984</v>
       </c>
       <c r="BS36" s="17">
         <v>213.113642618</v>
       </c>
       <c r="BT36" s="17">
         <v>20.489249039999997</v>
       </c>
       <c r="BU36" s="17">
         <v>10.101188322999997</v>
       </c>
+      <c r="BV36" s="17">
+        <v>6.0620336459469994</v>
+      </c>
     </row>
-    <row r="37" spans="1:73" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:74" x14ac:dyDescent="0.25">
       <c r="C37" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="17">
         <v>0</v>
       </c>
       <c r="E37" s="17">
         <v>0</v>
       </c>
       <c r="F37" s="17">
         <v>0</v>
       </c>
       <c r="G37" s="17">
         <v>0</v>
       </c>
       <c r="H37" s="17">
         <v>0</v>
       </c>
       <c r="I37" s="17">
         <v>0</v>
       </c>
       <c r="J37" s="17">
         <v>0</v>
       </c>
       <c r="K37" s="17">
@@ -7563,52 +7651,55 @@
       </c>
       <c r="BN37" s="17">
         <v>0</v>
       </c>
       <c r="BO37" s="17">
         <v>0</v>
       </c>
       <c r="BP37" s="17">
         <v>0</v>
       </c>
       <c r="BQ37" s="17">
         <v>0</v>
       </c>
       <c r="BR37" s="17">
         <v>0</v>
       </c>
       <c r="BS37" s="17">
         <v>0</v>
       </c>
       <c r="BT37" s="17">
         <v>0</v>
       </c>
       <c r="BU37" s="17">
         <v>0</v>
       </c>
+      <c r="BV37" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:73" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:74" x14ac:dyDescent="0.25">
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="13"/>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
       <c r="I38" s="13"/>
       <c r="J38" s="13"/>
       <c r="K38" s="13"/>
       <c r="L38" s="13"/>
       <c r="M38" s="13"/>
       <c r="N38" s="13"/>
       <c r="O38" s="13"/>
       <c r="P38" s="13"/>
       <c r="Q38" s="13"/>
       <c r="R38" s="13"/>
       <c r="S38" s="13"/>
       <c r="T38" s="13"/>
       <c r="U38" s="13"/>
       <c r="V38" s="13"/>
       <c r="W38" s="13"/>
       <c r="X38" s="13"/>
       <c r="Y38" s="13"/>
       <c r="Z38" s="13"/>
       <c r="AA38" s="13"/>
       <c r="AB38" s="13"/>
@@ -7635,52 +7726,53 @@
       <c r="AW38" s="13"/>
       <c r="AX38" s="13"/>
       <c r="AY38" s="13"/>
       <c r="AZ38" s="13"/>
       <c r="BA38" s="13"/>
       <c r="BB38" s="13"/>
       <c r="BC38" s="13"/>
       <c r="BD38" s="13"/>
       <c r="BE38" s="13"/>
       <c r="BF38" s="13"/>
       <c r="BG38" s="13"/>
       <c r="BH38" s="13"/>
       <c r="BI38" s="13"/>
       <c r="BJ38" s="13"/>
       <c r="BK38" s="13"/>
       <c r="BL38" s="13"/>
       <c r="BM38" s="13"/>
       <c r="BN38" s="13"/>
       <c r="BO38" s="13"/>
       <c r="BP38" s="13"/>
       <c r="BQ38" s="13"/>
       <c r="BR38" s="13"/>
       <c r="BS38" s="13"/>
       <c r="BT38" s="13"/>
       <c r="BU38" s="13"/>
+      <c r="BV38" s="13"/>
     </row>
-    <row r="39" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="13"/>
       <c r="G39" s="13"/>
       <c r="H39" s="13"/>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="13"/>
       <c r="L39" s="13"/>
       <c r="M39" s="13"/>
       <c r="N39" s="13"/>
       <c r="O39" s="13"/>
       <c r="P39" s="13"/>
       <c r="Q39" s="13"/>
       <c r="R39" s="13"/>
       <c r="S39" s="13"/>
       <c r="T39" s="13"/>
       <c r="U39" s="13"/>
       <c r="V39" s="13"/>
       <c r="W39" s="13"/>
       <c r="X39" s="13"/>
@@ -7711,52 +7803,53 @@
       <c r="AW39" s="13"/>
       <c r="AX39" s="13"/>
       <c r="AY39" s="13"/>
       <c r="AZ39" s="13"/>
       <c r="BA39" s="13"/>
       <c r="BB39" s="13"/>
       <c r="BC39" s="13"/>
       <c r="BD39" s="13"/>
       <c r="BE39" s="13"/>
       <c r="BF39" s="13"/>
       <c r="BG39" s="13"/>
       <c r="BH39" s="13"/>
       <c r="BI39" s="13"/>
       <c r="BJ39" s="13"/>
       <c r="BK39" s="13"/>
       <c r="BL39" s="13"/>
       <c r="BM39" s="13"/>
       <c r="BN39" s="13"/>
       <c r="BO39" s="13"/>
       <c r="BP39" s="13"/>
       <c r="BQ39" s="13"/>
       <c r="BR39" s="13"/>
       <c r="BS39" s="13"/>
       <c r="BT39" s="13"/>
       <c r="BU39" s="13"/>
+      <c r="BV39" s="13"/>
     </row>
-    <row r="40" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="15"/>
       <c r="D40" s="16">
         <v>0</v>
       </c>
       <c r="E40" s="16">
         <v>7689.156669697737</v>
       </c>
       <c r="F40" s="16">
         <v>9090.2054647057466</v>
       </c>
       <c r="G40" s="16">
         <v>9573.3843953949217</v>
       </c>
       <c r="H40" s="16">
         <v>9345.3133691331132</v>
       </c>
       <c r="I40" s="16">
         <v>9465.2764623227504</v>
       </c>
       <c r="J40" s="16">
         <v>8104.4259252439915</v>
       </c>
@@ -7927,52 +8020,55 @@
       </c>
       <c r="BN40" s="16">
         <v>82.398010218936221</v>
       </c>
       <c r="BO40" s="16">
         <v>83.977445388574438</v>
       </c>
       <c r="BP40" s="16">
         <v>84.430753449910341</v>
       </c>
       <c r="BQ40" s="16">
         <v>85.75407517252718</v>
       </c>
       <c r="BR40" s="16">
         <v>86.297136146144993</v>
       </c>
       <c r="BS40" s="16">
         <v>87.692079625326329</v>
       </c>
       <c r="BT40" s="16">
         <v>88.522013710536612</v>
       </c>
       <c r="BU40" s="16">
         <v>89.618236285352111</v>
       </c>
+      <c r="BV40" s="16">
+        <v>89.882900634417311</v>
+      </c>
     </row>
-    <row r="41" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B41" s="7"/>
       <c r="C41" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D41" s="17">
         <v>0</v>
       </c>
       <c r="E41" s="17">
         <v>3674.7550345655827</v>
       </c>
       <c r="F41" s="17">
         <v>3457.9905222141333</v>
       </c>
       <c r="G41" s="17">
         <v>4638.3842269532852</v>
       </c>
       <c r="H41" s="17">
         <v>3721.8493264527992</v>
       </c>
       <c r="I41" s="17">
         <v>4276.2159761860285</v>
       </c>
       <c r="J41" s="17">
         <v>3672.660733901082</v>
       </c>
@@ -8143,52 +8239,55 @@
       </c>
       <c r="BN41" s="17">
         <v>1.5290613923610601</v>
       </c>
       <c r="BO41" s="17">
         <v>1.5629082986465399</v>
       </c>
       <c r="BP41" s="17">
         <v>1.56678304591565</v>
       </c>
       <c r="BQ41" s="17">
         <v>1.59592301786242</v>
       </c>
       <c r="BR41" s="17">
         <v>1.60141754396481</v>
       </c>
       <c r="BS41" s="17">
         <v>1.6320415361270599</v>
       </c>
       <c r="BT41" s="17">
         <v>1.42777989523084</v>
       </c>
       <c r="BU41" s="17">
         <v>1.4492199465697899</v>
       </c>
+      <c r="BV41" s="17">
+        <v>1.44972976858045</v>
+      </c>
     </row>
-    <row r="42" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="7"/>
       <c r="C42" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D42" s="17">
         <v>0</v>
       </c>
       <c r="E42" s="17">
         <v>571.08649179959752</v>
       </c>
       <c r="F42" s="17">
         <v>589.28330883076956</v>
       </c>
       <c r="G42" s="17">
         <v>522.23619466033313</v>
       </c>
       <c r="H42" s="17">
         <v>983.36452884070866</v>
       </c>
       <c r="I42" s="17">
         <v>838.44817683190945</v>
       </c>
       <c r="J42" s="17">
         <v>626.81558242774565</v>
       </c>
@@ -8359,52 +8458,55 @@
       </c>
       <c r="BN42" s="17">
         <v>5.5019704668363296</v>
       </c>
       <c r="BO42" s="17">
         <v>5.61432104361689</v>
       </c>
       <c r="BP42" s="17">
         <v>5.6377030311757403</v>
       </c>
       <c r="BQ42" s="17">
         <v>5.7330215864184497</v>
       </c>
       <c r="BR42" s="17">
         <v>5.8774670646938603</v>
       </c>
       <c r="BS42" s="17">
         <v>5.97847474125596</v>
       </c>
       <c r="BT42" s="17">
         <v>6.0289975231964803</v>
       </c>
       <c r="BU42" s="17">
         <v>6.1096922158460201</v>
       </c>
+      <c r="BV42" s="17">
+        <v>6.1216838906830597</v>
+      </c>
     </row>
-    <row r="43" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="7"/>
       <c r="C43" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="17">
         <v>0</v>
       </c>
       <c r="E43" s="17">
         <v>253.04054197450165</v>
       </c>
       <c r="F43" s="17">
         <v>285.28046058950338</v>
       </c>
       <c r="G43" s="17">
         <v>288.8655777979626</v>
       </c>
       <c r="H43" s="17">
         <v>296.83625110738126</v>
       </c>
       <c r="I43" s="17">
         <v>282.18643784424336</v>
       </c>
       <c r="J43" s="17">
         <v>215.93317096306691</v>
       </c>
@@ -8575,52 +8677,55 @@
       </c>
       <c r="BN43" s="17">
         <v>0</v>
       </c>
       <c r="BO43" s="17">
         <v>0</v>
       </c>
       <c r="BP43" s="17">
         <v>0</v>
       </c>
       <c r="BQ43" s="17">
         <v>0</v>
       </c>
       <c r="BR43" s="17">
         <v>0</v>
       </c>
       <c r="BS43" s="17">
         <v>0</v>
       </c>
       <c r="BT43" s="17">
         <v>0</v>
       </c>
       <c r="BU43" s="17">
         <v>0</v>
       </c>
+      <c r="BV43" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="7"/>
       <c r="C44" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D44" s="17">
         <v>0</v>
       </c>
       <c r="E44" s="17">
         <v>2692.2295852683001</v>
       </c>
       <c r="F44" s="17">
         <v>4278.3110697712773</v>
       </c>
       <c r="G44" s="17">
         <v>3613.4041861414344</v>
       </c>
       <c r="H44" s="17">
         <v>3742.9014031275669</v>
       </c>
       <c r="I44" s="17">
         <v>3440.1248208841057</v>
       </c>
       <c r="J44" s="17">
         <v>2903.9717022240425</v>
       </c>
@@ -8791,52 +8896,55 @@
       </c>
       <c r="BN44" s="17">
         <v>41.559811469993299</v>
       </c>
       <c r="BO44" s="17">
         <v>42.438366395248302</v>
       </c>
       <c r="BP44" s="17">
         <v>42.5850841097296</v>
       </c>
       <c r="BQ44" s="17">
         <v>43.335287173535797</v>
       </c>
       <c r="BR44" s="17">
         <v>43.526448018642803</v>
       </c>
       <c r="BS44" s="17">
         <v>44.315572924146302</v>
       </c>
       <c r="BT44" s="17">
         <v>44.648629147461897</v>
       </c>
       <c r="BU44" s="17">
         <v>45.287543049299003</v>
       </c>
+      <c r="BV44" s="17">
+        <v>45.335031693326599</v>
+      </c>
     </row>
-    <row r="45" spans="1:73" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:74" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="7"/>
       <c r="C45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="17">
         <v>0</v>
       </c>
       <c r="E45" s="17">
         <v>189.46932381329299</v>
       </c>
       <c r="F45" s="17">
         <v>202.12600201879374</v>
       </c>
       <c r="G45" s="17">
         <v>232.7359118710859</v>
       </c>
       <c r="H45" s="17">
         <v>187.50622191092458</v>
       </c>
       <c r="I45" s="17">
         <v>203.05006102706884</v>
       </c>
       <c r="J45" s="17">
         <v>192.83332160042721</v>
       </c>
@@ -9007,52 +9115,55 @@
       </c>
       <c r="BN45" s="17">
         <v>7.8921113831400298</v>
       </c>
       <c r="BO45" s="17">
         <v>8.0089832257039095</v>
       </c>
       <c r="BP45" s="17">
         <v>8.0868082690180501</v>
       </c>
       <c r="BQ45" s="17">
         <v>8.1788024096690197</v>
       </c>
       <c r="BR45" s="17">
         <v>8.2655710823810207</v>
       </c>
       <c r="BS45" s="17">
         <v>13.0101419876476</v>
       </c>
       <c r="BT45" s="17">
         <v>13.188393856664099</v>
       </c>
       <c r="BU45" s="17">
         <v>13.2968171418284</v>
       </c>
+      <c r="BV45" s="17">
+        <v>13.391144697886601</v>
+      </c>
     </row>
-    <row r="46" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B46" s="7"/>
       <c r="C46" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="17">
         <v>0</v>
       </c>
       <c r="E46" s="17">
         <v>66.755604659625405</v>
       </c>
       <c r="F46" s="17">
         <v>112.990749398332</v>
       </c>
       <c r="G46" s="17">
         <v>86.573095462242307</v>
       </c>
       <c r="H46" s="17">
         <v>64.650997533948996</v>
       </c>
       <c r="I46" s="17">
         <v>40.550452788029403</v>
       </c>
       <c r="J46" s="17">
         <v>68.462205796990403</v>
       </c>
@@ -9223,52 +9334,55 @@
       </c>
       <c r="BN46" s="17">
         <v>0</v>
       </c>
       <c r="BO46" s="17">
         <v>0</v>
       </c>
       <c r="BP46" s="17">
         <v>0</v>
       </c>
       <c r="BQ46" s="17">
         <v>0</v>
       </c>
       <c r="BR46" s="17">
         <v>0</v>
       </c>
       <c r="BS46" s="17">
         <v>0</v>
       </c>
       <c r="BT46" s="17">
         <v>0</v>
       </c>
       <c r="BU46" s="17">
         <v>0</v>
       </c>
+      <c r="BV46" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B47" s="7"/>
       <c r="C47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="17">
         <v>0</v>
       </c>
       <c r="E47" s="17">
         <v>241.82008761683574</v>
       </c>
       <c r="F47" s="17">
         <v>164.22335188293846</v>
       </c>
       <c r="G47" s="17">
         <v>191.18520250857617</v>
       </c>
       <c r="H47" s="17">
         <v>348.20464015978609</v>
       </c>
       <c r="I47" s="17">
         <v>384.70053676136479</v>
       </c>
       <c r="J47" s="17">
         <v>423.74920833063641</v>
       </c>
@@ -9439,52 +9553,55 @@
       </c>
       <c r="BN47" s="17">
         <v>25.915055506605501</v>
       </c>
       <c r="BO47" s="17">
         <v>26.352866425358801</v>
       </c>
       <c r="BP47" s="17">
         <v>26.554374994071299</v>
       </c>
       <c r="BQ47" s="17">
         <v>26.911040985041499</v>
       </c>
       <c r="BR47" s="17">
         <v>27.0262324364625</v>
       </c>
       <c r="BS47" s="17">
         <v>22.7558484361494</v>
       </c>
       <c r="BT47" s="17">
         <v>23.228213287983301</v>
       </c>
       <c r="BU47" s="17">
         <v>23.474963931808901</v>
       </c>
+      <c r="BV47" s="17">
+        <v>23.585310583940601</v>
+      </c>
     </row>
-    <row r="48" spans="1:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B48" s="7"/>
       <c r="C48" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="17">
         <v>0</v>
       </c>
       <c r="E48" s="17">
         <v>0</v>
       </c>
       <c r="F48" s="17">
         <v>0</v>
       </c>
       <c r="G48" s="17">
         <v>0</v>
       </c>
       <c r="H48" s="17">
         <v>0</v>
       </c>
       <c r="I48" s="17">
         <v>0</v>
       </c>
       <c r="J48" s="17">
         <v>0</v>
       </c>
@@ -9655,52 +9772,55 @@
       </c>
       <c r="BN48" s="17">
         <v>0</v>
       </c>
       <c r="BO48" s="17">
         <v>0</v>
       </c>
       <c r="BP48" s="17">
         <v>0</v>
       </c>
       <c r="BQ48" s="17">
         <v>0</v>
       </c>
       <c r="BR48" s="17">
         <v>0</v>
       </c>
       <c r="BS48" s="17">
         <v>0</v>
       </c>
       <c r="BT48" s="17">
         <v>0</v>
       </c>
       <c r="BU48" s="17">
         <v>0</v>
       </c>
+      <c r="BV48" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="7"/>
       <c r="C49" s="2"/>
       <c r="D49" s="19"/>
       <c r="E49" s="19"/>
       <c r="F49" s="19"/>
       <c r="G49" s="19"/>
       <c r="H49" s="19"/>
       <c r="I49" s="19"/>
       <c r="J49" s="19"/>
       <c r="K49" s="19"/>
       <c r="L49" s="19"/>
       <c r="M49" s="19"/>
       <c r="N49" s="19"/>
       <c r="O49" s="19"/>
       <c r="P49" s="19"/>
       <c r="Q49" s="19"/>
       <c r="R49" s="19"/>
       <c r="S49" s="19"/>
       <c r="T49" s="19"/>
       <c r="U49" s="19"/>
       <c r="V49" s="19"/>
       <c r="W49" s="19"/>
       <c r="X49" s="19"/>
       <c r="Y49" s="19"/>
       <c r="Z49" s="19"/>
@@ -9729,52 +9849,53 @@
       <c r="AW49" s="19"/>
       <c r="AX49" s="19"/>
       <c r="AY49" s="19"/>
       <c r="AZ49" s="19"/>
       <c r="BA49" s="19"/>
       <c r="BB49" s="19"/>
       <c r="BC49" s="19"/>
       <c r="BD49" s="19"/>
       <c r="BE49" s="19"/>
       <c r="BF49" s="19"/>
       <c r="BG49" s="19"/>
       <c r="BH49" s="19"/>
       <c r="BI49" s="19"/>
       <c r="BJ49" s="19"/>
       <c r="BK49" s="19"/>
       <c r="BL49" s="19"/>
       <c r="BM49" s="19"/>
       <c r="BN49" s="19"/>
       <c r="BO49" s="19"/>
       <c r="BP49" s="19"/>
       <c r="BQ49" s="19"/>
       <c r="BR49" s="19"/>
       <c r="BS49" s="19"/>
       <c r="BT49" s="19"/>
       <c r="BU49" s="19"/>
+      <c r="BV49" s="19"/>
     </row>
-    <row r="50" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="15"/>
       <c r="D50" s="16">
         <v>0</v>
       </c>
       <c r="E50" s="16">
         <v>12094.734701900565</v>
       </c>
       <c r="F50" s="16">
         <v>12924.496797364822</v>
       </c>
       <c r="G50" s="16">
         <v>13421.582531759399</v>
       </c>
       <c r="H50" s="16">
         <v>12995.943896591483</v>
       </c>
       <c r="I50" s="16">
         <v>12861.001046288968</v>
       </c>
       <c r="J50" s="16">
         <v>13116.111555895564</v>
       </c>
@@ -9940,57 +10061,60 @@
       <c r="BL50" s="16">
         <v>66973.105256643728</v>
       </c>
       <c r="BM50" s="16">
         <v>68052.366838649468</v>
       </c>
       <c r="BN50" s="16">
         <v>68888.431604914193</v>
       </c>
       <c r="BO50" s="16">
         <v>69619.611841945705</v>
       </c>
       <c r="BP50" s="16">
         <v>72266.375165072168</v>
       </c>
       <c r="BQ50" s="16">
         <v>72684.573507319525</v>
       </c>
       <c r="BR50" s="16">
         <v>72347.086303337259</v>
       </c>
       <c r="BS50" s="16">
         <v>73218.054600705218</v>
       </c>
       <c r="BT50" s="16">
-        <v>73208.725319636855</v>
+        <v>73211.122566349688</v>
       </c>
       <c r="BU50" s="16">
-        <v>73642.7762565343</v>
+        <v>73645.19443346397</v>
+      </c>
+      <c r="BV50" s="16">
+        <v>73952.382369005354</v>
       </c>
     </row>
-    <row r="51" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="7"/>
       <c r="C51" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D51" s="17">
         <v>0</v>
       </c>
       <c r="E51" s="17">
         <v>0</v>
       </c>
       <c r="F51" s="17">
         <v>0</v>
       </c>
       <c r="G51" s="17">
         <v>0</v>
       </c>
       <c r="H51" s="17">
         <v>0</v>
       </c>
       <c r="I51" s="17">
         <v>0</v>
       </c>
       <c r="J51" s="17">
         <v>0</v>
       </c>
@@ -10161,52 +10285,55 @@
       </c>
       <c r="BN51" s="17">
         <v>4434.6218433315908</v>
       </c>
       <c r="BO51" s="17">
         <v>4259.4889264264275</v>
       </c>
       <c r="BP51" s="17">
         <v>4144.3992872546642</v>
       </c>
       <c r="BQ51" s="17">
         <v>4020.6638180804871</v>
       </c>
       <c r="BR51" s="17">
         <v>3856.506314181087</v>
       </c>
       <c r="BS51" s="17">
         <v>3492.5515810688471</v>
       </c>
       <c r="BT51" s="17">
         <v>3259.7000289918637</v>
       </c>
       <c r="BU51" s="17">
         <v>3195.7786029465879</v>
       </c>
+      <c r="BV51" s="17">
+        <v>3096.5706061946739</v>
+      </c>
     </row>
-    <row r="52" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="7"/>
       <c r="C52" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D52" s="17">
         <v>0</v>
       </c>
       <c r="E52" s="17">
         <v>936.64652511610791</v>
       </c>
       <c r="F52" s="17">
         <v>1022.1106942949401</v>
       </c>
       <c r="G52" s="17">
         <v>1168.8526972659765</v>
       </c>
       <c r="H52" s="17">
         <v>1016.1725438706246</v>
       </c>
       <c r="I52" s="17">
         <v>986.22187658844052</v>
       </c>
       <c r="J52" s="17">
         <v>968.09889461596276</v>
       </c>
@@ -10375,54 +10502,57 @@
       <c r="BM52" s="17">
         <v>3627.2103362196685</v>
       </c>
       <c r="BN52" s="17">
         <v>3353.4831029243792</v>
       </c>
       <c r="BO52" s="17">
         <v>3315.5956166413803</v>
       </c>
       <c r="BP52" s="17">
         <v>2880.9235440069269</v>
       </c>
       <c r="BQ52" s="17">
         <v>2617.0307620146418</v>
       </c>
       <c r="BR52" s="17">
         <v>2149.4021218084195</v>
       </c>
       <c r="BS52" s="17">
         <v>2769.7112466671074</v>
       </c>
       <c r="BT52" s="17">
         <v>2224.3702294270788</v>
       </c>
       <c r="BU52" s="17">
-        <v>2203.9925924294589</v>
+        <v>2203.9925924294489</v>
+      </c>
+      <c r="BV52" s="17">
+        <v>1963.1032665843265</v>
       </c>
     </row>
-    <row r="53" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B53" s="7"/>
       <c r="C53" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="17">
         <v>0</v>
       </c>
       <c r="E53" s="17">
         <v>663.95449520107366</v>
       </c>
       <c r="F53" s="17">
         <v>697.09741220374895</v>
       </c>
       <c r="G53" s="17">
         <v>524.91283538235859</v>
       </c>
       <c r="H53" s="17">
         <v>519.16604335110048</v>
       </c>
       <c r="I53" s="17">
         <v>532.30260051795688</v>
       </c>
       <c r="J53" s="17">
         <v>538.24094469827162</v>
       </c>
@@ -10591,54 +10721,57 @@
       <c r="BM53" s="17">
         <v>7546.6786986219222</v>
       </c>
       <c r="BN53" s="17">
         <v>8578.1291696448388</v>
       </c>
       <c r="BO53" s="17">
         <v>9543.9627967828492</v>
       </c>
       <c r="BP53" s="17">
         <v>11604.301778463348</v>
       </c>
       <c r="BQ53" s="17">
         <v>12498.391903661563</v>
       </c>
       <c r="BR53" s="17">
         <v>14428.12792716353</v>
       </c>
       <c r="BS53" s="17">
         <v>14345.200730778488</v>
       </c>
       <c r="BT53" s="17">
         <v>16607.634305305346</v>
       </c>
       <c r="BU53" s="17">
-        <v>17451.490619313081</v>
+        <v>17451.490619312975</v>
+      </c>
+      <c r="BV53" s="17">
+        <v>17931.626282896352</v>
       </c>
     </row>
-    <row r="54" spans="2:73" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:74" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="7"/>
       <c r="C54" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="17">
         <v>0</v>
       </c>
       <c r="E54" s="17">
         <v>100.80724906937115</v>
       </c>
       <c r="F54" s="17">
         <v>110.55725940928964</v>
       </c>
       <c r="G54" s="17">
         <v>96.163341179937532</v>
       </c>
       <c r="H54" s="17">
         <v>90.407787429121342</v>
       </c>
       <c r="I54" s="17">
         <v>98.658459889363314</v>
       </c>
       <c r="J54" s="17">
         <v>74.757847242194941</v>
       </c>
@@ -10809,52 +10942,55 @@
       </c>
       <c r="BN54" s="17">
         <v>281.92612909915482</v>
       </c>
       <c r="BO54" s="17">
         <v>379.61711686451446</v>
       </c>
       <c r="BP54" s="17">
         <v>357.60286317686808</v>
       </c>
       <c r="BQ54" s="17">
         <v>457.98109703435165</v>
       </c>
       <c r="BR54" s="17">
         <v>533.18683256287602</v>
       </c>
       <c r="BS54" s="17">
         <v>594.40876223391456</v>
       </c>
       <c r="BT54" s="17">
         <v>479.41899755883992</v>
       </c>
       <c r="BU54" s="17">
         <v>504.37853679370602</v>
       </c>
+      <c r="BV54" s="17">
+        <v>503.13807961246602</v>
+      </c>
     </row>
-    <row r="55" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="7"/>
       <c r="C55" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="17">
         <v>0</v>
       </c>
       <c r="E55" s="17">
         <v>6064.2890252932502</v>
       </c>
       <c r="F55" s="17">
         <v>6349.9034169797569</v>
       </c>
       <c r="G55" s="17">
         <v>6596.9052753946416</v>
       </c>
       <c r="H55" s="17">
         <v>6532.5954180373064</v>
       </c>
       <c r="I55" s="17">
         <v>6499.3341254705338</v>
       </c>
       <c r="J55" s="17">
         <v>6656.6203829633523</v>
       </c>
@@ -11025,52 +11161,55 @@
       </c>
       <c r="BN55" s="17">
         <v>26538.701282022925</v>
       </c>
       <c r="BO55" s="17">
         <v>26215.134475425344</v>
       </c>
       <c r="BP55" s="17">
         <v>25942.692810015033</v>
       </c>
       <c r="BQ55" s="17">
         <v>25439.24539933123</v>
       </c>
       <c r="BR55" s="17">
         <v>24709.894915911031</v>
       </c>
       <c r="BS55" s="17">
         <v>23555.529949150656</v>
       </c>
       <c r="BT55" s="17">
         <v>22894.456515811686</v>
       </c>
       <c r="BU55" s="17">
         <v>22119.718545701129</v>
       </c>
+      <c r="BV55" s="17">
+        <v>21476.722043295711</v>
+      </c>
     </row>
-    <row r="56" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="7"/>
       <c r="C56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="17">
         <v>0</v>
       </c>
       <c r="E56" s="17">
         <v>3127.3122461989265</v>
       </c>
       <c r="F56" s="17">
         <v>3378.2609155761997</v>
       </c>
       <c r="G56" s="17">
         <v>3523.907962857545</v>
       </c>
       <c r="H56" s="17">
         <v>3440.953123887632</v>
       </c>
       <c r="I56" s="17">
         <v>3389.3777944648436</v>
       </c>
       <c r="J56" s="17">
         <v>3457.5713699154876</v>
       </c>
@@ -11236,57 +11375,60 @@
       <c r="BL56" s="17">
         <v>6650.5096544811304</v>
       </c>
       <c r="BM56" s="17">
         <v>7119.6575247434421</v>
       </c>
       <c r="BN56" s="17">
         <v>6882.8880164516058</v>
       </c>
       <c r="BO56" s="17">
         <v>7194.3163521606066</v>
       </c>
       <c r="BP56" s="17">
         <v>7128.1576186684288</v>
       </c>
       <c r="BQ56" s="17">
         <v>7236.8900540455888</v>
       </c>
       <c r="BR56" s="17">
         <v>7208.9732250795814</v>
       </c>
       <c r="BS56" s="17">
         <v>7215.0217535974662</v>
       </c>
       <c r="BT56" s="17">
-        <v>7335.2011548858727</v>
+        <v>7335.2011548858718</v>
       </c>
       <c r="BU56" s="17">
-        <v>7392.0830947811337</v>
+        <v>7388.1529867811323</v>
+      </c>
+      <c r="BV56" s="17">
+        <v>7389.427316592245</v>
       </c>
     </row>
-    <row r="57" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="7"/>
       <c r="C57" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="17">
         <v>0</v>
       </c>
       <c r="E57" s="17">
         <v>0</v>
       </c>
       <c r="F57" s="17">
         <v>0</v>
       </c>
       <c r="G57" s="17">
         <v>0</v>
       </c>
       <c r="H57" s="17">
         <v>0</v>
       </c>
       <c r="I57" s="17">
         <v>0</v>
       </c>
       <c r="J57" s="17">
         <v>0</v>
       </c>
@@ -11457,52 +11599,55 @@
       </c>
       <c r="BN57" s="17">
         <v>0</v>
       </c>
       <c r="BO57" s="17">
         <v>0</v>
       </c>
       <c r="BP57" s="17">
         <v>0</v>
       </c>
       <c r="BQ57" s="17">
         <v>0</v>
       </c>
       <c r="BR57" s="17">
         <v>0</v>
       </c>
       <c r="BS57" s="17">
         <v>0</v>
       </c>
       <c r="BT57" s="17">
         <v>0</v>
       </c>
       <c r="BU57" s="17">
         <v>0</v>
       </c>
+      <c r="BV57" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="7"/>
       <c r="C58" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="17">
         <v>0</v>
       </c>
       <c r="E58" s="17">
         <v>618.56771125686782</v>
       </c>
       <c r="F58" s="17">
         <v>750.17911232778727</v>
       </c>
       <c r="G58" s="17">
         <v>799.55784999981915</v>
       </c>
       <c r="H58" s="17">
         <v>738.01096644444578</v>
       </c>
       <c r="I58" s="17">
         <v>742.95418205249973</v>
       </c>
       <c r="J58" s="17">
         <v>793.66128947006678</v>
       </c>
@@ -11671,54 +11816,57 @@
       <c r="BM58" s="17">
         <v>5130.8738825536848</v>
       </c>
       <c r="BN58" s="17">
         <v>5289.2034770195723</v>
       </c>
       <c r="BO58" s="17">
         <v>5635.9191832287215</v>
       </c>
       <c r="BP58" s="17">
         <v>5805.7853038056192</v>
       </c>
       <c r="BQ58" s="17">
         <v>6005.1241310427476</v>
       </c>
       <c r="BR58" s="17">
         <v>5228.1524676171093</v>
       </c>
       <c r="BS58" s="17">
         <v>5873.0084671255381</v>
       </c>
       <c r="BT58" s="17">
         <v>6061.2454495584334</v>
       </c>
       <c r="BU58" s="17">
-        <v>6132.3655292146877</v>
+        <v>6132.3655292146868</v>
+      </c>
+      <c r="BV58" s="17">
+        <v>6407.5063932904441</v>
       </c>
     </row>
-    <row r="59" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="7"/>
       <c r="C59" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="17">
         <v>0</v>
       </c>
       <c r="E59" s="17">
         <v>583.1574497649674</v>
       </c>
       <c r="F59" s="17">
         <v>616.38798657309894</v>
       </c>
       <c r="G59" s="17">
         <v>711.28256967911977</v>
       </c>
       <c r="H59" s="17">
         <v>658.63801357125135</v>
       </c>
       <c r="I59" s="17">
         <v>612.15200730533013</v>
       </c>
       <c r="J59" s="17">
         <v>627.16082699022741</v>
       </c>
@@ -11884,57 +12032,60 @@
       <c r="BL59" s="17">
         <v>11666.424451435012</v>
       </c>
       <c r="BM59" s="17">
         <v>12141.352503423508</v>
       </c>
       <c r="BN59" s="17">
         <v>13529.478584420118</v>
       </c>
       <c r="BO59" s="17">
         <v>13075.577374415861</v>
       </c>
       <c r="BP59" s="17">
         <v>14402.511959681284</v>
       </c>
       <c r="BQ59" s="17">
         <v>14409.246342108905</v>
       </c>
       <c r="BR59" s="17">
         <v>14232.842499013625</v>
       </c>
       <c r="BS59" s="17">
         <v>15372.622110083194</v>
       </c>
       <c r="BT59" s="17">
-        <v>14346.69863809774</v>
+        <v>14349.095884810569</v>
       </c>
       <c r="BU59" s="17">
-        <v>14642.968735354509</v>
+        <v>14649.317020284299</v>
+      </c>
+      <c r="BV59" s="17">
+        <v>15184.288380539134</v>
       </c>
     </row>
-    <row r="60" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="7"/>
       <c r="C60" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D60" s="18">
         <v>0</v>
       </c>
       <c r="E60" s="18">
         <v>0</v>
       </c>
       <c r="F60" s="18">
         <v>0</v>
       </c>
       <c r="G60" s="18">
         <v>0</v>
       </c>
       <c r="H60" s="18">
         <v>0</v>
       </c>
       <c r="I60" s="18">
         <v>0</v>
       </c>
       <c r="J60" s="18">
         <v>0</v>
       </c>
@@ -12105,52 +12256,55 @@
       </c>
       <c r="BN60" s="18">
         <v>0.36406624877354699</v>
       </c>
       <c r="BO60" s="18">
         <v>0.36822454881643601</v>
       </c>
       <c r="BP60" s="18">
         <v>0.37303292829838702</v>
       </c>
       <c r="BQ60" s="18">
         <v>0.37604531684658804</v>
       </c>
       <c r="BR60" s="18">
         <v>0</v>
       </c>
       <c r="BS60" s="18">
         <v>0</v>
       </c>
       <c r="BT60" s="18">
         <v>0</v>
       </c>
       <c r="BU60" s="18">
         <v>0</v>
       </c>
+      <c r="BV60" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="61" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="7"/>
       <c r="C61" s="20"/>
       <c r="D61" s="18"/>
       <c r="E61" s="18"/>
       <c r="F61" s="18"/>
       <c r="G61" s="18"/>
       <c r="H61" s="18"/>
       <c r="I61" s="18"/>
       <c r="J61" s="18"/>
       <c r="K61" s="18"/>
       <c r="L61" s="18"/>
       <c r="M61" s="18"/>
       <c r="N61" s="18"/>
       <c r="O61" s="18"/>
       <c r="P61" s="18"/>
       <c r="Q61" s="18"/>
       <c r="R61" s="18"/>
       <c r="S61" s="18"/>
       <c r="T61" s="18"/>
       <c r="U61" s="18"/>
       <c r="V61" s="18"/>
       <c r="W61" s="18"/>
       <c r="X61" s="18"/>
       <c r="Y61" s="18"/>
       <c r="Z61" s="18"/>
@@ -12179,52 +12333,53 @@
       <c r="AW61" s="18"/>
       <c r="AX61" s="18"/>
       <c r="AY61" s="18"/>
       <c r="AZ61" s="18"/>
       <c r="BA61" s="18"/>
       <c r="BB61" s="18"/>
       <c r="BC61" s="18"/>
       <c r="BD61" s="18"/>
       <c r="BE61" s="18"/>
       <c r="BF61" s="18"/>
       <c r="BG61" s="18"/>
       <c r="BH61" s="18"/>
       <c r="BI61" s="18"/>
       <c r="BJ61" s="18"/>
       <c r="BK61" s="18"/>
       <c r="BL61" s="18"/>
       <c r="BM61" s="18"/>
       <c r="BN61" s="18"/>
       <c r="BO61" s="18"/>
       <c r="BP61" s="18"/>
       <c r="BQ61" s="18"/>
       <c r="BR61" s="18"/>
       <c r="BS61" s="18"/>
       <c r="BT61" s="18"/>
       <c r="BU61" s="18"/>
+      <c r="BV61" s="18"/>
     </row>
-    <row r="62" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C62" s="15"/>
       <c r="D62" s="16">
         <v>0</v>
       </c>
       <c r="E62" s="16">
         <v>2763.8893502162382</v>
       </c>
       <c r="F62" s="16">
         <v>2768.1094971522039</v>
       </c>
       <c r="G62" s="16">
         <v>2890.9991181346759</v>
       </c>
       <c r="H62" s="16">
         <v>2983.7313738810644</v>
       </c>
       <c r="I62" s="16">
         <v>3017.0948681540385</v>
       </c>
       <c r="J62" s="16">
         <v>3238.995396053172</v>
       </c>
@@ -12393,54 +12548,57 @@
       <c r="BM62" s="16">
         <v>12490.75256913566</v>
       </c>
       <c r="BN62" s="16">
         <v>12884.530658884047</v>
       </c>
       <c r="BO62" s="16">
         <v>12662.856171528691</v>
       </c>
       <c r="BP62" s="16">
         <v>13117.85522836681</v>
       </c>
       <c r="BQ62" s="16">
         <v>12695.983337305484</v>
       </c>
       <c r="BR62" s="16">
         <v>12704.041298792261</v>
       </c>
       <c r="BS62" s="16">
         <v>13149.330274721226</v>
       </c>
       <c r="BT62" s="16">
         <v>13787.51556188818</v>
       </c>
       <c r="BU62" s="16">
-        <v>13283.457758835793</v>
+        <v>13283.446572418972</v>
+      </c>
+      <c r="BV62" s="16">
+        <v>14672.22403786629</v>
       </c>
     </row>
-    <row r="63" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B63" s="7"/>
       <c r="C63" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D63" s="17">
         <v>0</v>
       </c>
       <c r="E63" s="17">
         <v>143.66355496592683</v>
       </c>
       <c r="F63" s="17">
         <v>141.47561105783385</v>
       </c>
       <c r="G63" s="17">
         <v>160.13287341665497</v>
       </c>
       <c r="H63" s="17">
         <v>158.70859237119171</v>
       </c>
       <c r="I63" s="17">
         <v>147.83025868269587</v>
       </c>
       <c r="J63" s="17">
         <v>161.01972992823329</v>
       </c>
@@ -12611,52 +12769,55 @@
       </c>
       <c r="BN63" s="17">
         <v>511.1492875210368</v>
       </c>
       <c r="BO63" s="17">
         <v>513.76096425947458</v>
       </c>
       <c r="BP63" s="17">
         <v>494.16752908478429</v>
       </c>
       <c r="BQ63" s="17">
         <v>425.23389744663893</v>
       </c>
       <c r="BR63" s="17">
         <v>416.12234487131235</v>
       </c>
       <c r="BS63" s="17">
         <v>404.88629209906259</v>
       </c>
       <c r="BT63" s="17">
         <v>423.14285654060893</v>
       </c>
       <c r="BU63" s="17">
         <v>414.27419771352658</v>
       </c>
+      <c r="BV63" s="17">
+        <v>390.73631385016427</v>
+      </c>
     </row>
-    <row r="64" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="7"/>
       <c r="C64" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D64" s="17">
         <v>0</v>
       </c>
       <c r="E64" s="17">
         <v>251.89039936189008</v>
       </c>
       <c r="F64" s="17">
         <v>229.99582112492931</v>
       </c>
       <c r="G64" s="17">
         <v>161.15584955041831</v>
       </c>
       <c r="H64" s="17">
         <v>138.09484158681283</v>
       </c>
       <c r="I64" s="17">
         <v>159.10579892107737</v>
       </c>
       <c r="J64" s="17">
         <v>179.03865974203271</v>
       </c>
@@ -12825,54 +12986,57 @@
       <c r="BM64" s="17">
         <v>1622.7900789687351</v>
       </c>
       <c r="BN64" s="17">
         <v>1539.4143145911003</v>
       </c>
       <c r="BO64" s="17">
         <v>1408.3241777101364</v>
       </c>
       <c r="BP64" s="17">
         <v>1301.8535931932745</v>
       </c>
       <c r="BQ64" s="17">
         <v>1362.6574602156625</v>
       </c>
       <c r="BR64" s="17">
         <v>1551.1400290755935</v>
       </c>
       <c r="BS64" s="17">
         <v>1644.0122225872715</v>
       </c>
       <c r="BT64" s="17">
         <v>1679.468434965479</v>
       </c>
       <c r="BU64" s="17">
-        <v>1697.3433354003455</v>
+        <v>1697.343335400345</v>
+      </c>
+      <c r="BV64" s="17">
+        <v>1912.0454352740951</v>
       </c>
     </row>
-    <row r="65" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="7"/>
       <c r="C65" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D65" s="17">
         <v>0</v>
       </c>
       <c r="E65" s="17">
         <v>125.38081736276433</v>
       </c>
       <c r="F65" s="17">
         <v>101.84468540752269</v>
       </c>
       <c r="G65" s="17">
         <v>90.339568183945872</v>
       </c>
       <c r="H65" s="17">
         <v>96.030129270927162</v>
       </c>
       <c r="I65" s="17">
         <v>81.307581400365038</v>
       </c>
       <c r="J65" s="17">
         <v>65.282988202882223</v>
       </c>
@@ -13043,52 +13207,55 @@
       </c>
       <c r="BN65" s="17">
         <v>128.73386601393105</v>
       </c>
       <c r="BO65" s="17">
         <v>114.33271878208556</v>
       </c>
       <c r="BP65" s="17">
         <v>121.37468802023203</v>
       </c>
       <c r="BQ65" s="17">
         <v>104.73404148152467</v>
       </c>
       <c r="BR65" s="17">
         <v>116.94454861605148</v>
       </c>
       <c r="BS65" s="17">
         <v>108.4233994198853</v>
       </c>
       <c r="BT65" s="17">
         <v>92.265342285312812</v>
       </c>
       <c r="BU65" s="17">
         <v>112.56574532278231</v>
       </c>
+      <c r="BV65" s="17">
+        <v>120.79511179833683</v>
+      </c>
     </row>
-    <row r="66" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="7"/>
       <c r="C66" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="17">
         <v>0</v>
       </c>
       <c r="E66" s="17">
         <v>883.0463841617817</v>
       </c>
       <c r="F66" s="17">
         <v>880.37934464350303</v>
       </c>
       <c r="G66" s="17">
         <v>947.6733429654621</v>
       </c>
       <c r="H66" s="17">
         <v>1092.9495616301153</v>
       </c>
       <c r="I66" s="17">
         <v>1116.318109224115</v>
       </c>
       <c r="J66" s="17">
         <v>1140.3592108173661</v>
       </c>
@@ -13254,57 +13421,60 @@
       <c r="BL66" s="17">
         <v>1949.8123996550094</v>
       </c>
       <c r="BM66" s="17">
         <v>1991.3560736727145</v>
       </c>
       <c r="BN66" s="17">
         <v>1948.0630282993143</v>
       </c>
       <c r="BO66" s="17">
         <v>1951.0703512386851</v>
       </c>
       <c r="BP66" s="17">
         <v>1956.0800210182631</v>
       </c>
       <c r="BQ66" s="17">
         <v>1910.0777688727946</v>
       </c>
       <c r="BR66" s="17">
         <v>1878.7615179464253</v>
       </c>
       <c r="BS66" s="17">
         <v>1910.2006581837259</v>
       </c>
       <c r="BT66" s="17">
-        <v>1955.0348222732041</v>
+        <v>1955.0348222732043</v>
       </c>
       <c r="BU66" s="17">
-        <v>1935.1917705613325</v>
+        <v>1935.1917705613323</v>
+      </c>
+      <c r="BV66" s="17">
+        <v>2175.6109260420858</v>
       </c>
     </row>
-    <row r="67" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="7"/>
       <c r="C67" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="17">
         <v>0</v>
       </c>
       <c r="E67" s="17">
         <v>658.7866741663621</v>
       </c>
       <c r="F67" s="17">
         <v>659.39302156667884</v>
       </c>
       <c r="G67" s="17">
         <v>693.77221358862789</v>
       </c>
       <c r="H67" s="17">
         <v>712.63207744846932</v>
       </c>
       <c r="I67" s="17">
         <v>688.74975060893632</v>
       </c>
       <c r="J67" s="17">
         <v>734.46618246862806</v>
       </c>
@@ -13475,52 +13645,55 @@
       </c>
       <c r="BN67" s="17">
         <v>3170.8920975606188</v>
       </c>
       <c r="BO67" s="17">
         <v>3138.3828726422585</v>
       </c>
       <c r="BP67" s="17">
         <v>3214.8983991599262</v>
       </c>
       <c r="BQ67" s="17">
         <v>3276.1576417193351</v>
       </c>
       <c r="BR67" s="17">
         <v>3034.4500441567379</v>
       </c>
       <c r="BS67" s="17">
         <v>3189.4762504599571</v>
       </c>
       <c r="BT67" s="17">
         <v>3123.1827142123557</v>
       </c>
       <c r="BU67" s="17">
         <v>2739.5182221945288</v>
       </c>
+      <c r="BV67" s="17">
+        <v>2863.3099901997161</v>
+      </c>
     </row>
-    <row r="68" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="7"/>
       <c r="C68" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="17">
         <v>0</v>
       </c>
       <c r="E68" s="17">
         <v>0</v>
       </c>
       <c r="F68" s="17">
         <v>0</v>
       </c>
       <c r="G68" s="17">
         <v>0</v>
       </c>
       <c r="H68" s="17">
         <v>0</v>
       </c>
       <c r="I68" s="17">
         <v>0</v>
       </c>
       <c r="J68" s="17">
         <v>0</v>
       </c>
@@ -13691,52 +13864,55 @@
       </c>
       <c r="BN68" s="17">
         <v>0</v>
       </c>
       <c r="BO68" s="17">
         <v>0</v>
       </c>
       <c r="BP68" s="17">
         <v>0</v>
       </c>
       <c r="BQ68" s="17">
         <v>0</v>
       </c>
       <c r="BR68" s="17">
         <v>0</v>
       </c>
       <c r="BS68" s="17">
         <v>0</v>
       </c>
       <c r="BT68" s="17">
         <v>0</v>
       </c>
       <c r="BU68" s="17">
         <v>0</v>
       </c>
+      <c r="BV68" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="69" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="7"/>
       <c r="C69" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="17">
         <v>0</v>
       </c>
       <c r="E69" s="17">
         <v>474.87063287517549</v>
       </c>
       <c r="F69" s="17">
         <v>497.03845465953202</v>
       </c>
       <c r="G69" s="17">
         <v>558.5754228358926</v>
       </c>
       <c r="H69" s="17">
         <v>530.20181498248473</v>
       </c>
       <c r="I69" s="17">
         <v>587.97474802281045</v>
       </c>
       <c r="J69" s="17">
         <v>607.44512986085647</v>
       </c>
@@ -13907,52 +14083,55 @@
       </c>
       <c r="BN69" s="17">
         <v>958.50095157163719</v>
       </c>
       <c r="BO69" s="17">
         <v>997.44695852711811</v>
       </c>
       <c r="BP69" s="17">
         <v>1162.0681130671787</v>
       </c>
       <c r="BQ69" s="17">
         <v>1048.3892574058698</v>
       </c>
       <c r="BR69" s="17">
         <v>1124.687383809819</v>
       </c>
       <c r="BS69" s="17">
         <v>1082.0874870550529</v>
       </c>
       <c r="BT69" s="17">
         <v>1145.8934916355188</v>
       </c>
       <c r="BU69" s="17">
         <v>1027.9195924497224</v>
       </c>
+      <c r="BV69" s="17">
+        <v>1074.9653312508328</v>
+      </c>
     </row>
-    <row r="70" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B70" s="7"/>
       <c r="C70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="17">
         <v>0</v>
       </c>
       <c r="E70" s="17">
         <v>226.2508873223378</v>
       </c>
       <c r="F70" s="17">
         <v>257.98255869220418</v>
       </c>
       <c r="G70" s="17">
         <v>279.34984759367399</v>
       </c>
       <c r="H70" s="17">
         <v>255.11435659106297</v>
       </c>
       <c r="I70" s="17">
         <v>235.808621294039</v>
       </c>
       <c r="J70" s="17">
         <v>351.38349503317301</v>
       </c>
@@ -14121,54 +14300,57 @@
       <c r="BM70" s="17">
         <v>4103.2336915749747</v>
       </c>
       <c r="BN70" s="17">
         <v>4627.7771133264087</v>
       </c>
       <c r="BO70" s="17">
         <v>4539.538128368933</v>
       </c>
       <c r="BP70" s="17">
         <v>4867.412884823153</v>
       </c>
       <c r="BQ70" s="17">
         <v>4568.7332701636587</v>
       </c>
       <c r="BR70" s="17">
         <v>4581.93543031632</v>
       </c>
       <c r="BS70" s="17">
         <v>4810.2439649162698</v>
       </c>
       <c r="BT70" s="17">
         <v>5368.5278999757002</v>
       </c>
       <c r="BU70" s="17">
-        <v>5356.6448951935545</v>
+        <v>5356.6337087767333</v>
+      </c>
+      <c r="BV70" s="17">
+        <v>6134.7609294510612</v>
       </c>
     </row>
-    <row r="71" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B71" s="7"/>
       <c r="C71" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D71" s="18">
         <v>0</v>
       </c>
       <c r="E71" s="18">
         <v>0</v>
       </c>
       <c r="F71" s="18">
         <v>0</v>
       </c>
       <c r="G71" s="18">
         <v>0</v>
       </c>
       <c r="H71" s="18">
         <v>0</v>
       </c>
       <c r="I71" s="18">
         <v>0</v>
       </c>
       <c r="J71" s="18">
         <v>0</v>
       </c>
@@ -14334,57 +14516,60 @@
       <c r="BL71" s="18">
         <v>18.612123048752693</v>
       </c>
       <c r="BM71" s="18">
         <v>18.621801839308599</v>
       </c>
       <c r="BN71" s="18">
         <v>30.102621342363072</v>
       </c>
       <c r="BO71" s="18">
         <v>30.550624840241838</v>
       </c>
       <c r="BP71" s="18">
         <v>52.157355847342025</v>
       </c>
       <c r="BQ71" s="18">
         <v>52.517910240169627</v>
       </c>
       <c r="BR71" s="18">
         <v>53.198110408060991</v>
       </c>
       <c r="BS71" s="18">
         <v>52.936768921699866</v>
       </c>
       <c r="BT71" s="18">
-        <v>46.907654087521223</v>
+        <v>46.907654087521237</v>
       </c>
       <c r="BU71" s="18">
         <v>33.610422357757415</v>
       </c>
+      <c r="BV71" s="18">
+        <v>54.888357584766737</v>
+      </c>
     </row>
-    <row r="72" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B72" s="7"/>
       <c r="D72" s="18"/>
       <c r="E72" s="18"/>
       <c r="F72" s="18"/>
       <c r="G72" s="18"/>
       <c r="H72" s="18"/>
       <c r="I72" s="18"/>
       <c r="J72" s="18"/>
       <c r="K72" s="18"/>
       <c r="L72" s="18"/>
       <c r="M72" s="18"/>
       <c r="N72" s="18"/>
       <c r="O72" s="18"/>
       <c r="P72" s="18"/>
       <c r="Q72" s="18"/>
       <c r="R72" s="18"/>
       <c r="S72" s="18"/>
       <c r="T72" s="18"/>
       <c r="U72" s="18"/>
       <c r="V72" s="18"/>
       <c r="W72" s="18"/>
       <c r="X72" s="18"/>
       <c r="Y72" s="18"/>
       <c r="Z72" s="18"/>
       <c r="AA72" s="18"/>
@@ -14412,52 +14597,53 @@
       <c r="AW72" s="18"/>
       <c r="AX72" s="18"/>
       <c r="AY72" s="18"/>
       <c r="AZ72" s="18"/>
       <c r="BA72" s="18"/>
       <c r="BB72" s="18"/>
       <c r="BC72" s="18"/>
       <c r="BD72" s="18"/>
       <c r="BE72" s="18"/>
       <c r="BF72" s="18"/>
       <c r="BG72" s="18"/>
       <c r="BH72" s="18"/>
       <c r="BI72" s="18"/>
       <c r="BJ72" s="18"/>
       <c r="BK72" s="18"/>
       <c r="BL72" s="18"/>
       <c r="BM72" s="18"/>
       <c r="BN72" s="18"/>
       <c r="BO72" s="18"/>
       <c r="BP72" s="18"/>
       <c r="BQ72" s="18"/>
       <c r="BR72" s="18"/>
       <c r="BS72" s="18"/>
       <c r="BT72" s="18"/>
       <c r="BU72" s="18"/>
+      <c r="BV72" s="18"/>
     </row>
-    <row r="73" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C73" s="15"/>
       <c r="D73" s="16">
         <v>0</v>
       </c>
       <c r="E73" s="16">
         <v>12463.950561075409</v>
       </c>
       <c r="F73" s="16">
         <v>14158.645556861535</v>
       </c>
       <c r="G73" s="16">
         <v>15169.743806504819</v>
       </c>
       <c r="H73" s="16">
         <v>15960.166326490351</v>
       </c>
       <c r="I73" s="16">
         <v>15837.877202631229</v>
       </c>
       <c r="J73" s="16">
         <v>16482.113003857026</v>
       </c>
@@ -14623,57 +14809,60 @@
       <c r="BL73" s="16">
         <v>70860.074602619003</v>
       </c>
       <c r="BM73" s="16">
         <v>72303.160188654583</v>
       </c>
       <c r="BN73" s="16">
         <v>79225.441877391582</v>
       </c>
       <c r="BO73" s="16">
         <v>78494.56705658132</v>
       </c>
       <c r="BP73" s="16">
         <v>86290.202173815138</v>
       </c>
       <c r="BQ73" s="16">
         <v>85039.218546011019</v>
       </c>
       <c r="BR73" s="16">
         <v>81765.432754097405</v>
       </c>
       <c r="BS73" s="16">
         <v>89687.237825736054</v>
       </c>
       <c r="BT73" s="16">
-        <v>88641.853613293264</v>
+        <v>88625.511617164564</v>
       </c>
       <c r="BU73" s="16">
-        <v>89545.520633912442</v>
+        <v>89529.121572341348</v>
+      </c>
+      <c r="BV73" s="16">
+        <v>91526.619387998464</v>
       </c>
     </row>
-    <row r="74" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="7"/>
       <c r="C74" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D74" s="17">
         <v>0</v>
       </c>
       <c r="E74" s="17">
         <v>99.121114597241828</v>
       </c>
       <c r="F74" s="17">
         <v>132.09994867300256</v>
       </c>
       <c r="G74" s="17">
         <v>106.48996271807063</v>
       </c>
       <c r="H74" s="17">
         <v>107.2485823715561</v>
       </c>
       <c r="I74" s="17">
         <v>107.02860118135176</v>
       </c>
       <c r="J74" s="17">
         <v>119.23935717626941</v>
       </c>
@@ -14844,52 +15033,55 @@
       </c>
       <c r="BN74" s="17">
         <v>543.14938104899966</v>
       </c>
       <c r="BO74" s="17">
         <v>530.62682796126478</v>
       </c>
       <c r="BP74" s="17">
         <v>435.27412348308712</v>
       </c>
       <c r="BQ74" s="17">
         <v>558.58263725244376</v>
       </c>
       <c r="BR74" s="17">
         <v>489.32491819772235</v>
       </c>
       <c r="BS74" s="17">
         <v>535.61201442995048</v>
       </c>
       <c r="BT74" s="17">
         <v>404.12418801589888</v>
       </c>
       <c r="BU74" s="17">
         <v>432.85800425158948</v>
       </c>
+      <c r="BV74" s="17">
+        <v>462.29277143083192</v>
+      </c>
     </row>
-    <row r="75" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="7"/>
       <c r="C75" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D75" s="17">
         <v>0</v>
       </c>
       <c r="E75" s="17">
         <v>324.14882927745668</v>
       </c>
       <c r="F75" s="17">
         <v>364.44216423762458</v>
       </c>
       <c r="G75" s="17">
         <v>216.66025253179851</v>
       </c>
       <c r="H75" s="17">
         <v>258.81712570377113</v>
       </c>
       <c r="I75" s="17">
         <v>341.87053960381411</v>
       </c>
       <c r="J75" s="17">
         <v>376.31437047045603</v>
       </c>
@@ -15058,54 +15250,57 @@
       <c r="BM75" s="17">
         <v>3058.5083135866375</v>
       </c>
       <c r="BN75" s="17">
         <v>3168.3724842754241</v>
       </c>
       <c r="BO75" s="17">
         <v>3081.0615847581475</v>
       </c>
       <c r="BP75" s="17">
         <v>3204.4052009821448</v>
       </c>
       <c r="BQ75" s="17">
         <v>3495.1588190319517</v>
       </c>
       <c r="BR75" s="17">
         <v>4122.7201241194771</v>
       </c>
       <c r="BS75" s="17">
         <v>4692.6021676624414</v>
       </c>
       <c r="BT75" s="17">
         <v>4474.760205400451</v>
       </c>
       <c r="BU75" s="17">
-        <v>4703.984134689601</v>
+        <v>4703.9841346895992</v>
+      </c>
+      <c r="BV75" s="17">
+        <v>5294.6541371415742</v>
       </c>
     </row>
-    <row r="76" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="7"/>
       <c r="C76" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D76" s="17">
         <v>0</v>
       </c>
       <c r="E76" s="17">
         <v>41.4632048663848</v>
       </c>
       <c r="F76" s="17">
         <v>39.158266749021195</v>
       </c>
       <c r="G76" s="17">
         <v>40.781413468084153</v>
       </c>
       <c r="H76" s="17">
         <v>42.573595752476386</v>
       </c>
       <c r="I76" s="17">
         <v>50.503849124295591</v>
       </c>
       <c r="J76" s="17">
         <v>36.069372300075074</v>
       </c>
@@ -15276,52 +15471,55 @@
       </c>
       <c r="BN76" s="17">
         <v>97.028215732391914</v>
       </c>
       <c r="BO76" s="17">
         <v>111.2705101207476</v>
       </c>
       <c r="BP76" s="17">
         <v>108.57729135840655</v>
       </c>
       <c r="BQ76" s="17">
         <v>107.42002623212598</v>
       </c>
       <c r="BR76" s="17">
         <v>97.908989182418821</v>
       </c>
       <c r="BS76" s="17">
         <v>118.13257922932991</v>
       </c>
       <c r="BT76" s="17">
         <v>83.502140358118922</v>
       </c>
       <c r="BU76" s="17">
         <v>75.480242221517514</v>
       </c>
+      <c r="BV76" s="17">
+        <v>63.541546793461436</v>
+      </c>
     </row>
-    <row r="77" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="7"/>
       <c r="C77" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D77" s="17">
         <v>0</v>
       </c>
       <c r="E77" s="17">
         <v>3916.6826976965694</v>
       </c>
       <c r="F77" s="17">
         <v>4227.5050179675436</v>
       </c>
       <c r="G77" s="17">
         <v>4875.4860387745393</v>
       </c>
       <c r="H77" s="17">
         <v>5280.1431444870022</v>
       </c>
       <c r="I77" s="17">
         <v>5503.376196018844</v>
       </c>
       <c r="J77" s="17">
         <v>5643.2203930750384</v>
       </c>
@@ -15487,57 +15685,60 @@
       <c r="BL77" s="17">
         <v>13080.662959935838</v>
       </c>
       <c r="BM77" s="17">
         <v>13682.301489319098</v>
       </c>
       <c r="BN77" s="17">
         <v>13635.096333555988</v>
       </c>
       <c r="BO77" s="17">
         <v>13715.802099856619</v>
       </c>
       <c r="BP77" s="17">
         <v>13992.298546511784</v>
       </c>
       <c r="BQ77" s="17">
         <v>13982.486175526843</v>
       </c>
       <c r="BR77" s="17">
         <v>13489.762743849147</v>
       </c>
       <c r="BS77" s="17">
         <v>14059.630129478714</v>
       </c>
       <c r="BT77" s="17">
-        <v>14078.382317229823</v>
+        <v>14078.382317229825</v>
       </c>
       <c r="BU77" s="17">
         <v>14110.786770245637</v>
       </c>
+      <c r="BV77" s="17">
+        <v>14108.574713390195</v>
+      </c>
     </row>
-    <row r="78" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="78" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="7"/>
       <c r="C78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="17">
         <v>0</v>
       </c>
       <c r="E78" s="17">
         <v>4315.1548639457997</v>
       </c>
       <c r="F78" s="17">
         <v>4666.5547532125811</v>
       </c>
       <c r="G78" s="17">
         <v>4960.8958731517705</v>
       </c>
       <c r="H78" s="17">
         <v>4945.8816710475403</v>
       </c>
       <c r="I78" s="17">
         <v>5069.5905213422193</v>
       </c>
       <c r="J78" s="17">
         <v>5047.9815747256571</v>
       </c>
@@ -15706,54 +15907,57 @@
       <c r="BM78" s="17">
         <v>11841.948094002506</v>
       </c>
       <c r="BN78" s="17">
         <v>12309.812335026025</v>
       </c>
       <c r="BO78" s="17">
         <v>12227.153380721233</v>
       </c>
       <c r="BP78" s="17">
         <v>12599.004039266239</v>
       </c>
       <c r="BQ78" s="17">
         <v>12800.271388183906</v>
       </c>
       <c r="BR78" s="17">
         <v>12673.392306306559</v>
       </c>
       <c r="BS78" s="17">
         <v>13995.356129451995</v>
       </c>
       <c r="BT78" s="17">
         <v>14152.463456181891</v>
       </c>
       <c r="BU78" s="17">
-        <v>14831.515528118874</v>
+        <v>14930.764106257195</v>
+      </c>
+      <c r="BV78" s="17">
+        <v>15238.890643245319</v>
       </c>
     </row>
-    <row r="79" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="79" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="7"/>
       <c r="C79" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="17">
         <v>0</v>
       </c>
       <c r="E79" s="17">
         <v>0</v>
       </c>
       <c r="F79" s="17">
         <v>0</v>
       </c>
       <c r="G79" s="17">
         <v>0</v>
       </c>
       <c r="H79" s="17">
         <v>0</v>
       </c>
       <c r="I79" s="17">
         <v>0</v>
       </c>
       <c r="J79" s="17">
         <v>0</v>
       </c>
@@ -15924,52 +16128,55 @@
       </c>
       <c r="BN79" s="17">
         <v>0</v>
       </c>
       <c r="BO79" s="17">
         <v>0</v>
       </c>
       <c r="BP79" s="17">
         <v>0</v>
       </c>
       <c r="BQ79" s="17">
         <v>0</v>
       </c>
       <c r="BR79" s="17">
         <v>0</v>
       </c>
       <c r="BS79" s="17">
         <v>0</v>
       </c>
       <c r="BT79" s="17">
         <v>0</v>
       </c>
       <c r="BU79" s="17">
         <v>0</v>
       </c>
+      <c r="BV79" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="80" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="80" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B80" s="7"/>
       <c r="C80" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="17">
         <v>0</v>
       </c>
       <c r="E80" s="17">
         <v>372.08431355782488</v>
       </c>
       <c r="F80" s="17">
         <v>502.98837985598993</v>
       </c>
       <c r="G80" s="17">
         <v>532.84040498002719</v>
       </c>
       <c r="H80" s="17">
         <v>548.80696023967494</v>
       </c>
       <c r="I80" s="17">
         <v>660.05321424804447</v>
       </c>
       <c r="J80" s="17">
         <v>716.773028739447</v>
       </c>
@@ -16140,52 +16347,55 @@
       </c>
       <c r="BN80" s="17">
         <v>1648.1812895728128</v>
       </c>
       <c r="BO80" s="17">
         <v>1567.6609219817212</v>
       </c>
       <c r="BP80" s="17">
         <v>1523.3960307170219</v>
       </c>
       <c r="BQ80" s="17">
         <v>1476.9775051783538</v>
       </c>
       <c r="BR80" s="17">
         <v>1597.7675077927138</v>
       </c>
       <c r="BS80" s="17">
         <v>1047.6338184205954</v>
       </c>
       <c r="BT80" s="17">
         <v>1018.8531627457363</v>
       </c>
       <c r="BU80" s="17">
         <v>1086.0739378170822</v>
       </c>
+      <c r="BV80" s="17">
+        <v>1349.4614026024328</v>
+      </c>
     </row>
-    <row r="81" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="81" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B81" s="7"/>
       <c r="C81" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D81" s="17">
         <v>0</v>
       </c>
       <c r="E81" s="17">
         <v>3395.2955371341318</v>
       </c>
       <c r="F81" s="17">
         <v>4225.8970261657723</v>
       </c>
       <c r="G81" s="17">
         <v>4436.5898608805292</v>
       </c>
       <c r="H81" s="17">
         <v>4776.6952468883283</v>
       </c>
       <c r="I81" s="17">
         <v>4105.4542811126585</v>
       </c>
       <c r="J81" s="17">
         <v>4542.5149073700823</v>
       </c>
@@ -16351,57 +16561,60 @@
       <c r="BL81" s="17">
         <v>40832.374932542276</v>
       </c>
       <c r="BM81" s="17">
         <v>41387.860485503632</v>
       </c>
       <c r="BN81" s="17">
         <v>47823.801838179934</v>
       </c>
       <c r="BO81" s="17">
         <v>47260.991731181581</v>
       </c>
       <c r="BP81" s="17">
         <v>54427.246941496451</v>
       </c>
       <c r="BQ81" s="17">
         <v>52618.321994605387</v>
       </c>
       <c r="BR81" s="17">
         <v>49294.556164649366</v>
       </c>
       <c r="BS81" s="17">
         <v>55238.270987063028</v>
       </c>
       <c r="BT81" s="17">
-        <v>54429.768143361347</v>
+        <v>54413.42614723264</v>
       </c>
       <c r="BU81" s="17">
-        <v>54304.822016568134</v>
+        <v>54189.174376858726</v>
+      </c>
+      <c r="BV81" s="17">
+        <v>55009.204173394646</v>
       </c>
     </row>
-    <row r="82" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="82" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B82" s="7"/>
       <c r="C82" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D82" s="18">
         <v>0</v>
       </c>
       <c r="E82" s="18">
         <v>0</v>
       </c>
       <c r="F82" s="18">
         <v>0</v>
       </c>
       <c r="G82" s="18">
         <v>0</v>
       </c>
       <c r="H82" s="18">
         <v>0</v>
       </c>
       <c r="I82" s="18">
         <v>0</v>
       </c>
       <c r="J82" s="18">
         <v>0</v>
       </c>
@@ -16572,52 +16785,55 @@
       </c>
       <c r="BN82" s="18">
         <v>119.25228803412783</v>
       </c>
       <c r="BO82" s="18">
         <v>121.59748412063789</v>
       </c>
       <c r="BP82" s="18">
         <v>281.91291246541431</v>
       </c>
       <c r="BQ82" s="18">
         <v>285.05089987739029</v>
       </c>
       <c r="BR82" s="18">
         <v>290.46912979160459</v>
       </c>
       <c r="BS82" s="18">
         <v>329.96916176282042</v>
       </c>
       <c r="BT82" s="18">
         <v>362.50292792729346</v>
       </c>
       <c r="BU82" s="18">
         <v>345.61113410065775</v>
       </c>
+      <c r="BV82" s="18">
+        <v>188.70183596046297</v>
+      </c>
     </row>
-    <row r="83" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="83" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="7"/>
       <c r="D83" s="18"/>
       <c r="E83" s="18"/>
       <c r="F83" s="18"/>
       <c r="G83" s="18"/>
       <c r="H83" s="18"/>
       <c r="I83" s="18"/>
       <c r="J83" s="18"/>
       <c r="K83" s="18"/>
       <c r="L83" s="18"/>
       <c r="M83" s="18"/>
       <c r="N83" s="18"/>
       <c r="O83" s="18"/>
       <c r="P83" s="18"/>
       <c r="Q83" s="18"/>
       <c r="R83" s="18"/>
       <c r="S83" s="18"/>
       <c r="T83" s="18"/>
       <c r="U83" s="18"/>
       <c r="V83" s="18"/>
       <c r="W83" s="18"/>
       <c r="X83" s="18"/>
       <c r="Y83" s="18"/>
       <c r="Z83" s="18"/>
       <c r="AA83" s="18"/>
@@ -16645,52 +16861,53 @@
       <c r="AW83" s="18"/>
       <c r="AX83" s="18"/>
       <c r="AY83" s="18"/>
       <c r="AZ83" s="18"/>
       <c r="BA83" s="18"/>
       <c r="BB83" s="18"/>
       <c r="BC83" s="18"/>
       <c r="BD83" s="18"/>
       <c r="BE83" s="18"/>
       <c r="BF83" s="18"/>
       <c r="BG83" s="18"/>
       <c r="BH83" s="18"/>
       <c r="BI83" s="18"/>
       <c r="BJ83" s="18"/>
       <c r="BK83" s="18"/>
       <c r="BL83" s="18"/>
       <c r="BM83" s="18"/>
       <c r="BN83" s="18"/>
       <c r="BO83" s="18"/>
       <c r="BP83" s="18"/>
       <c r="BQ83" s="18"/>
       <c r="BR83" s="18"/>
       <c r="BS83" s="18"/>
       <c r="BT83" s="18"/>
       <c r="BU83" s="18"/>
+      <c r="BV83" s="18"/>
     </row>
-    <row r="84" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="84" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="15"/>
       <c r="D84" s="16">
         <v>0</v>
       </c>
       <c r="E84" s="16">
         <v>5939.9817110238437</v>
       </c>
       <c r="F84" s="16">
         <v>6422.7515550457301</v>
       </c>
       <c r="G84" s="16">
         <v>6976.7078356051043</v>
       </c>
       <c r="H84" s="16">
         <v>6718.1976967875198</v>
       </c>
       <c r="I84" s="16">
         <v>6544.7331463579076</v>
       </c>
       <c r="J84" s="16">
         <v>7253.559534869818</v>
       </c>
@@ -16861,52 +17078,55 @@
       </c>
       <c r="BN84" s="16">
         <v>106604.44670388004</v>
       </c>
       <c r="BO84" s="16">
         <v>110038.58162596569</v>
       </c>
       <c r="BP84" s="16">
         <v>117857.87109082278</v>
       </c>
       <c r="BQ84" s="16">
         <v>119373.05659689766</v>
       </c>
       <c r="BR84" s="16">
         <v>123460.98577852291</v>
       </c>
       <c r="BS84" s="16">
         <v>126186.43605152919</v>
       </c>
       <c r="BT84" s="16">
         <v>128461.35170087681</v>
       </c>
       <c r="BU84" s="16">
         <v>135320.31824397019</v>
       </c>
+      <c r="BV84" s="16">
+        <v>140009.50596505296</v>
+      </c>
     </row>
-    <row r="85" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="7"/>
       <c r="C85" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D85" s="17">
         <v>0</v>
       </c>
       <c r="E85" s="17">
         <v>665.94412956666076</v>
       </c>
       <c r="F85" s="17">
         <v>774.79110500744162</v>
       </c>
       <c r="G85" s="17">
         <v>677.32767289697756</v>
       </c>
       <c r="H85" s="17">
         <v>488.46471597677561</v>
       </c>
       <c r="I85" s="17">
         <v>581.09466608542471</v>
       </c>
       <c r="J85" s="17">
         <v>972.2418186358243</v>
       </c>
@@ -17072,57 +17292,60 @@
       <c r="BL85" s="17">
         <v>20901.783388089323</v>
       </c>
       <c r="BM85" s="17">
         <v>21535.471657441383</v>
       </c>
       <c r="BN85" s="17">
         <v>20109.229260017994</v>
       </c>
       <c r="BO85" s="17">
         <v>19921.591511695857</v>
       </c>
       <c r="BP85" s="17">
         <v>22749.901435366701</v>
       </c>
       <c r="BQ85" s="17">
         <v>21995.252805841865</v>
       </c>
       <c r="BR85" s="17">
         <v>22878.424683580426</v>
       </c>
       <c r="BS85" s="17">
         <v>22463.423724614535</v>
       </c>
       <c r="BT85" s="17">
-        <v>22988.460449384664</v>
+        <v>22988.460449384671</v>
       </c>
       <c r="BU85" s="17">
-        <v>25615.841216669302</v>
+        <v>25615.841216669309</v>
+      </c>
+      <c r="BV85" s="17">
+        <v>25414.02910533164</v>
       </c>
     </row>
-    <row r="86" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="86" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="7"/>
       <c r="C86" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D86" s="17">
         <v>0</v>
       </c>
       <c r="E86" s="17">
         <v>91.286861168184188</v>
       </c>
       <c r="F86" s="17">
         <v>99.795171294964675</v>
       </c>
       <c r="G86" s="17">
         <v>161.26620145055901</v>
       </c>
       <c r="H86" s="17">
         <v>154.28659161587493</v>
       </c>
       <c r="I86" s="17">
         <v>124.18757807644768</v>
       </c>
       <c r="J86" s="17">
         <v>240.63647121486758</v>
       </c>
@@ -17288,57 +17511,60 @@
       <c r="BL86" s="17">
         <v>2137.5089930825411</v>
       </c>
       <c r="BM86" s="17">
         <v>2552.3969748407208</v>
       </c>
       <c r="BN86" s="17">
         <v>2353.8795335533191</v>
       </c>
       <c r="BO86" s="17">
         <v>2656.0590169384013</v>
       </c>
       <c r="BP86" s="17">
         <v>3178.2800888797733</v>
       </c>
       <c r="BQ86" s="17">
         <v>4429.0439365266011</v>
       </c>
       <c r="BR86" s="17">
         <v>4619.770777693916</v>
       </c>
       <c r="BS86" s="17">
         <v>3990.2914699498888</v>
       </c>
       <c r="BT86" s="17">
-        <v>4592.5098505938704</v>
+        <v>4592.5098505938713</v>
       </c>
       <c r="BU86" s="17">
-        <v>5488.2226604994703</v>
+        <v>5488.2226604994694</v>
+      </c>
+      <c r="BV86" s="17">
+        <v>5837.4447233213368</v>
       </c>
     </row>
-    <row r="87" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="87" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="7"/>
       <c r="C87" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D87" s="17">
         <v>0</v>
       </c>
       <c r="E87" s="17">
         <v>35.902626685856873</v>
       </c>
       <c r="F87" s="17">
         <v>22.782923140671883</v>
       </c>
       <c r="G87" s="17">
         <v>35.104087593688504</v>
       </c>
       <c r="H87" s="17">
         <v>64.206346461280631</v>
       </c>
       <c r="I87" s="17">
         <v>30.495465524741523</v>
       </c>
       <c r="J87" s="17">
         <v>28.585384888748344</v>
       </c>
@@ -17507,54 +17733,57 @@
       <c r="BM87" s="17">
         <v>92.256586089921328</v>
       </c>
       <c r="BN87" s="17">
         <v>161.28973739808526</v>
       </c>
       <c r="BO87" s="17">
         <v>125.96957823347273</v>
       </c>
       <c r="BP87" s="17">
         <v>150.53592322603413</v>
       </c>
       <c r="BQ87" s="17">
         <v>235.70813954236058</v>
       </c>
       <c r="BR87" s="17">
         <v>199.57789898664095</v>
       </c>
       <c r="BS87" s="17">
         <v>184.54700844290625</v>
       </c>
       <c r="BT87" s="17">
         <v>246.11550150775656</v>
       </c>
       <c r="BU87" s="17">
-        <v>368.88974069480673</v>
+        <v>368.88974069480662</v>
+      </c>
+      <c r="BV87" s="17">
+        <v>284.89526891060035</v>
       </c>
     </row>
-    <row r="88" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="88" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="7"/>
       <c r="C88" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D88" s="17">
         <v>0</v>
       </c>
       <c r="E88" s="17">
         <v>2480.6432478844572</v>
       </c>
       <c r="F88" s="17">
         <v>2825.8250059018987</v>
       </c>
       <c r="G88" s="17">
         <v>3501.1394976124534</v>
       </c>
       <c r="H88" s="17">
         <v>3542.5610245320977</v>
       </c>
       <c r="I88" s="17">
         <v>3517.7429584100323</v>
       </c>
       <c r="J88" s="17">
         <v>3698.1265236947402</v>
       </c>
@@ -17725,52 +17954,55 @@
       </c>
       <c r="BN88" s="17">
         <v>35833.400581079557</v>
       </c>
       <c r="BO88" s="17">
         <v>38954.862257041816</v>
       </c>
       <c r="BP88" s="17">
         <v>39185.4237294388</v>
       </c>
       <c r="BQ88" s="17">
         <v>41161.579552477146</v>
       </c>
       <c r="BR88" s="17">
         <v>43730.465613236054</v>
       </c>
       <c r="BS88" s="17">
         <v>44563.451441200887</v>
       </c>
       <c r="BT88" s="17">
         <v>45015.84291927766</v>
       </c>
       <c r="BU88" s="17">
         <v>46386.849748334847</v>
       </c>
+      <c r="BV88" s="17">
+        <v>45772.880403042967</v>
+      </c>
     </row>
-    <row r="89" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="89" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B89" s="7"/>
       <c r="C89" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="17">
         <v>0</v>
       </c>
       <c r="E89" s="17">
         <v>1654.7422147628147</v>
       </c>
       <c r="F89" s="17">
         <v>1606.5693083953634</v>
       </c>
       <c r="G89" s="17">
         <v>1382.7625030446304</v>
       </c>
       <c r="H89" s="17">
         <v>1343.5922096285474</v>
       </c>
       <c r="I89" s="17">
         <v>1483.156691689059</v>
       </c>
       <c r="J89" s="17">
         <v>1436.6416417782564</v>
       </c>
@@ -17939,54 +18171,57 @@
       <c r="BM89" s="17">
         <v>1453.6961780290085</v>
       </c>
       <c r="BN89" s="17">
         <v>1439.7764840536076</v>
       </c>
       <c r="BO89" s="17">
         <v>1650.0938827223756</v>
       </c>
       <c r="BP89" s="17">
         <v>1705.4626695090403</v>
       </c>
       <c r="BQ89" s="17">
         <v>1752.7417247096873</v>
       </c>
       <c r="BR89" s="17">
         <v>2119.8762179031478</v>
       </c>
       <c r="BS89" s="17">
         <v>2221.8377753273803</v>
       </c>
       <c r="BT89" s="17">
         <v>2514.9198982907801</v>
       </c>
       <c r="BU89" s="17">
-        <v>2612.0113662161261</v>
+        <v>2614.8185862161258</v>
+      </c>
+      <c r="BV89" s="17">
+        <v>2700.4021560722358</v>
       </c>
     </row>
-    <row r="90" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="90" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B90" s="7"/>
       <c r="C90" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="17">
         <v>0</v>
       </c>
       <c r="E90" s="17">
         <v>0</v>
       </c>
       <c r="F90" s="17">
         <v>0</v>
       </c>
       <c r="G90" s="17">
         <v>0</v>
       </c>
       <c r="H90" s="17">
         <v>0</v>
       </c>
       <c r="I90" s="17">
         <v>0</v>
       </c>
       <c r="J90" s="17">
         <v>0</v>
       </c>
@@ -18157,52 +18392,55 @@
       </c>
       <c r="BN90" s="17">
         <v>0</v>
       </c>
       <c r="BO90" s="17">
         <v>0</v>
       </c>
       <c r="BP90" s="17">
         <v>0</v>
       </c>
       <c r="BQ90" s="17">
         <v>0</v>
       </c>
       <c r="BR90" s="17">
         <v>0</v>
       </c>
       <c r="BS90" s="17">
         <v>0</v>
       </c>
       <c r="BT90" s="17">
         <v>0</v>
       </c>
       <c r="BU90" s="17">
         <v>0</v>
       </c>
+      <c r="BV90" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="91" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="91" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="7"/>
       <c r="C91" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="17">
         <v>0</v>
       </c>
       <c r="E91" s="17">
         <v>60.429079537247638</v>
       </c>
       <c r="F91" s="17">
         <v>74.981166134679086</v>
       </c>
       <c r="G91" s="17">
         <v>73.8307356932131</v>
       </c>
       <c r="H91" s="17">
         <v>69.20255711174471</v>
       </c>
       <c r="I91" s="17">
         <v>77.583450475455948</v>
       </c>
       <c r="J91" s="17">
         <v>134.73166983604952</v>
       </c>
@@ -18371,54 +18609,57 @@
       <c r="BM91" s="17">
         <v>1920.0135006594687</v>
       </c>
       <c r="BN91" s="17">
         <v>1805.4423465557261</v>
       </c>
       <c r="BO91" s="17">
         <v>1558.6577169437683</v>
       </c>
       <c r="BP91" s="17">
         <v>1443.1935559496105</v>
       </c>
       <c r="BQ91" s="17">
         <v>1820.5456247172156</v>
       </c>
       <c r="BR91" s="17">
         <v>1859.9742622812346</v>
       </c>
       <c r="BS91" s="17">
         <v>1661.0033371906679</v>
       </c>
       <c r="BT91" s="17">
         <v>1808.5244243636071</v>
       </c>
       <c r="BU91" s="17">
-        <v>1808.6399635558039</v>
+        <v>1808.6399635558041</v>
+      </c>
+      <c r="BV91" s="17">
+        <v>2072.5668412301902</v>
       </c>
     </row>
-    <row r="92" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="92" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="7"/>
       <c r="C92" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D92" s="17">
         <v>0</v>
       </c>
       <c r="E92" s="17">
         <v>951.03355141862141</v>
       </c>
       <c r="F92" s="17">
         <v>1018.0068751707104</v>
       </c>
       <c r="G92" s="17">
         <v>1145.2771373135822</v>
       </c>
       <c r="H92" s="17">
         <v>1055.8842514611983</v>
       </c>
       <c r="I92" s="17">
         <v>730.47233609674618</v>
       </c>
       <c r="J92" s="17">
         <v>742.5960248213313</v>
       </c>
@@ -18584,57 +18825,60 @@
       <c r="BL92" s="17">
         <v>37035.554848775188</v>
       </c>
       <c r="BM92" s="17">
         <v>38397.667508847182</v>
       </c>
       <c r="BN92" s="17">
         <v>44901.428761221745</v>
       </c>
       <c r="BO92" s="17">
         <v>45171.347662389999</v>
       </c>
       <c r="BP92" s="17">
         <v>49445.073688452831</v>
       </c>
       <c r="BQ92" s="17">
         <v>47978.184813082786</v>
       </c>
       <c r="BR92" s="17">
         <v>48052.896324841495</v>
       </c>
       <c r="BS92" s="17">
         <v>51101.881294802944</v>
       </c>
       <c r="BT92" s="17">
-        <v>51294.978657458465</v>
+        <v>51294.97865745845</v>
       </c>
       <c r="BU92" s="17">
-        <v>53039.863547999841</v>
+        <v>53037.056327999831</v>
+      </c>
+      <c r="BV92" s="17">
+        <v>57927.287467143993</v>
       </c>
     </row>
-    <row r="93" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="93" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="7"/>
       <c r="C93" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D93" s="18">
         <v>0</v>
       </c>
       <c r="E93" s="18">
         <v>0</v>
       </c>
       <c r="F93" s="18">
         <v>0</v>
       </c>
       <c r="G93" s="18">
         <v>0</v>
       </c>
       <c r="H93" s="18">
         <v>0</v>
       </c>
       <c r="I93" s="18">
         <v>0</v>
       </c>
       <c r="J93" s="18">
         <v>0</v>
       </c>
@@ -18805,52 +19049,55 @@
       </c>
       <c r="BN93" s="18">
         <v>7513.5864425618292</v>
       </c>
       <c r="BO93" s="18">
         <v>7895.2637842687573</v>
       </c>
       <c r="BP93" s="18">
         <v>6885.1744094916667</v>
       </c>
       <c r="BQ93" s="18">
         <v>6743.2767329765411</v>
       </c>
       <c r="BR93" s="18">
         <v>7211.9653697492504</v>
       </c>
       <c r="BS93" s="18">
         <v>6732.7143726235408</v>
       </c>
       <c r="BT93" s="18">
         <v>7544.1063044133007</v>
       </c>
       <c r="BU93" s="18">
         <v>8441.2185569862013</v>
       </c>
+      <c r="BV93" s="18">
+        <v>10639.976187100443</v>
+      </c>
     </row>
-    <row r="94" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="94" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B94" s="7"/>
       <c r="D94" s="18"/>
       <c r="E94" s="18"/>
       <c r="F94" s="18"/>
       <c r="G94" s="18"/>
       <c r="H94" s="18"/>
       <c r="I94" s="18"/>
       <c r="J94" s="18"/>
       <c r="K94" s="18"/>
       <c r="L94" s="18"/>
       <c r="M94" s="18"/>
       <c r="N94" s="18"/>
       <c r="O94" s="18"/>
       <c r="P94" s="18"/>
       <c r="Q94" s="18"/>
       <c r="R94" s="18"/>
       <c r="S94" s="18"/>
       <c r="T94" s="18"/>
       <c r="U94" s="18"/>
       <c r="V94" s="18"/>
       <c r="W94" s="18"/>
       <c r="X94" s="18"/>
       <c r="Y94" s="18"/>
       <c r="Z94" s="18"/>
       <c r="AA94" s="18"/>
@@ -18878,52 +19125,53 @@
       <c r="AW94" s="18"/>
       <c r="AX94" s="18"/>
       <c r="AY94" s="18"/>
       <c r="AZ94" s="18"/>
       <c r="BA94" s="18"/>
       <c r="BB94" s="18"/>
       <c r="BC94" s="18"/>
       <c r="BD94" s="18"/>
       <c r="BE94" s="18"/>
       <c r="BF94" s="18"/>
       <c r="BG94" s="18"/>
       <c r="BH94" s="18"/>
       <c r="BI94" s="18"/>
       <c r="BJ94" s="18"/>
       <c r="BK94" s="18"/>
       <c r="BL94" s="18"/>
       <c r="BM94" s="18"/>
       <c r="BN94" s="18"/>
       <c r="BO94" s="18"/>
       <c r="BP94" s="18"/>
       <c r="BQ94" s="18"/>
       <c r="BR94" s="18"/>
       <c r="BS94" s="18"/>
       <c r="BT94" s="18"/>
       <c r="BU94" s="18"/>
+      <c r="BV94" s="18"/>
     </row>
-    <row r="95" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="95" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15"/>
       <c r="D95" s="16">
         <v>0</v>
       </c>
       <c r="E95" s="16">
         <v>0</v>
       </c>
       <c r="F95" s="16">
         <v>0</v>
       </c>
       <c r="G95" s="16">
         <v>0</v>
       </c>
       <c r="H95" s="16">
         <v>0</v>
       </c>
       <c r="I95" s="16">
         <v>84.355430999999982</v>
       </c>
       <c r="J95" s="16">
         <v>84.165020000000069</v>
       </c>
@@ -19094,52 +19342,55 @@
       </c>
       <c r="BN95" s="16">
         <v>181.71868699999999</v>
       </c>
       <c r="BO95" s="16">
         <v>184.68978899999999</v>
       </c>
       <c r="BP95" s="16">
         <v>186.21673199999998</v>
       </c>
       <c r="BQ95" s="16">
         <v>187.95065699999998</v>
       </c>
       <c r="BR95" s="16">
         <v>190.31772999999998</v>
       </c>
       <c r="BS95" s="16">
         <v>192.8593041623559</v>
       </c>
       <c r="BT95" s="16">
         <v>195.256046</v>
       </c>
       <c r="BU95" s="16">
         <v>197.128379</v>
       </c>
+      <c r="BV95" s="16">
+        <v>198.22569299999995</v>
+      </c>
     </row>
-    <row r="96" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="96" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B96" s="7"/>
       <c r="C96" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D96" s="17">
         <v>0</v>
       </c>
       <c r="E96" s="17">
         <v>0</v>
       </c>
       <c r="F96" s="17">
         <v>0</v>
       </c>
       <c r="G96" s="17">
         <v>0</v>
       </c>
       <c r="H96" s="17">
         <v>0</v>
       </c>
       <c r="I96" s="17">
         <v>3.5416680164822201</v>
       </c>
       <c r="J96" s="17">
         <v>0</v>
       </c>
@@ -19310,52 +19561,55 @@
       </c>
       <c r="BN96" s="17">
         <v>0</v>
       </c>
       <c r="BO96" s="17">
         <v>0</v>
       </c>
       <c r="BP96" s="17">
         <v>0</v>
       </c>
       <c r="BQ96" s="17">
         <v>0</v>
       </c>
       <c r="BR96" s="17">
         <v>0</v>
       </c>
       <c r="BS96" s="17">
         <v>0</v>
       </c>
       <c r="BT96" s="17">
         <v>0</v>
       </c>
       <c r="BU96" s="17">
         <v>0</v>
       </c>
+      <c r="BV96" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="97" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="97" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B97" s="7"/>
       <c r="C97" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D97" s="17">
         <v>0</v>
       </c>
       <c r="E97" s="17">
         <v>0</v>
       </c>
       <c r="F97" s="17">
         <v>0</v>
       </c>
       <c r="G97" s="17">
         <v>0</v>
       </c>
       <c r="H97" s="17">
         <v>0</v>
       </c>
       <c r="I97" s="17">
         <v>12.1955651638986</v>
       </c>
       <c r="J97" s="17">
         <v>11.4681518811409</v>
       </c>
@@ -19526,52 +19780,55 @@
       </c>
       <c r="BN97" s="17">
         <v>0.18098765</v>
       </c>
       <c r="BO97" s="17">
         <v>0.18394679999999999</v>
       </c>
       <c r="BP97" s="17">
         <v>0.18546760000000001</v>
       </c>
       <c r="BQ97" s="17">
         <v>0.18785930000000001</v>
       </c>
       <c r="BR97" s="17">
         <v>0.1895521</v>
       </c>
       <c r="BS97" s="17">
         <v>0.19208344999999999</v>
       </c>
       <c r="BT97" s="17">
         <v>0.19447054999999999</v>
       </c>
       <c r="BU97" s="17">
         <v>0.19633534999999999</v>
       </c>
+      <c r="BV97" s="17">
+        <v>0.19742825</v>
+      </c>
     </row>
-    <row r="98" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="98" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B98" s="7"/>
       <c r="C98" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D98" s="17">
         <v>0</v>
       </c>
       <c r="E98" s="17">
         <v>0</v>
       </c>
       <c r="F98" s="17">
         <v>0</v>
       </c>
       <c r="G98" s="17">
         <v>0</v>
       </c>
       <c r="H98" s="17">
         <v>0</v>
       </c>
       <c r="I98" s="17">
         <v>3.2254476578677398</v>
       </c>
       <c r="J98" s="17">
         <v>2.8115469127958299</v>
       </c>
@@ -19742,52 +19999,55 @@
       </c>
       <c r="BN98" s="17">
         <v>0</v>
       </c>
       <c r="BO98" s="17">
         <v>0</v>
       </c>
       <c r="BP98" s="17">
         <v>0</v>
       </c>
       <c r="BQ98" s="17">
         <v>0</v>
       </c>
       <c r="BR98" s="17">
         <v>0</v>
       </c>
       <c r="BS98" s="17">
         <v>0</v>
       </c>
       <c r="BT98" s="17">
         <v>0</v>
       </c>
       <c r="BU98" s="17">
         <v>0</v>
       </c>
+      <c r="BV98" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="99" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="99" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B99" s="7"/>
       <c r="C99" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="17">
         <v>0</v>
       </c>
       <c r="E99" s="17">
         <v>0</v>
       </c>
       <c r="F99" s="17">
         <v>0</v>
       </c>
       <c r="G99" s="17">
         <v>0</v>
       </c>
       <c r="H99" s="17">
         <v>0</v>
       </c>
       <c r="I99" s="17">
         <v>58.574551094022901</v>
       </c>
       <c r="J99" s="17">
         <v>58.735963136866303</v>
       </c>
@@ -19958,52 +20218,55 @@
       </c>
       <c r="BN99" s="17">
         <v>36.19753</v>
       </c>
       <c r="BO99" s="17">
         <v>36.789360000000002</v>
       </c>
       <c r="BP99" s="17">
         <v>37.093519999999998</v>
       </c>
       <c r="BQ99" s="17">
         <v>37.571860000000001</v>
       </c>
       <c r="BR99" s="17">
         <v>37.910420000000002</v>
       </c>
       <c r="BS99" s="17">
         <v>38.416690000000003</v>
       </c>
       <c r="BT99" s="17">
         <v>38.894109999999998</v>
       </c>
       <c r="BU99" s="17">
         <v>39.267069999999997</v>
       </c>
+      <c r="BV99" s="17">
+        <v>39.48565</v>
+      </c>
     </row>
-    <row r="100" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="100" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B100" s="7"/>
       <c r="C100" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="17">
         <v>0</v>
       </c>
       <c r="E100" s="17">
         <v>0</v>
       </c>
       <c r="F100" s="17">
         <v>0</v>
       </c>
       <c r="G100" s="17">
         <v>0</v>
       </c>
       <c r="H100" s="17">
         <v>0</v>
       </c>
       <c r="I100" s="17">
         <v>8.43254289638624E-2</v>
       </c>
       <c r="J100" s="17">
         <v>0.40164955897083299</v>
       </c>
@@ -20174,52 +20437,55 @@
       </c>
       <c r="BN100" s="17">
         <v>124.91767603</v>
       </c>
       <c r="BO100" s="17">
         <v>126.96008136</v>
       </c>
       <c r="BP100" s="17">
         <v>128.00973751999999</v>
       </c>
       <c r="BQ100" s="17">
         <v>129.66048885999999</v>
       </c>
       <c r="BR100" s="17">
         <v>130.82885941999999</v>
       </c>
       <c r="BS100" s="17">
         <v>152.51425929999999</v>
       </c>
       <c r="BT100" s="17">
         <v>154.40961669999999</v>
       </c>
       <c r="BU100" s="17">
         <v>155.8902679</v>
       </c>
+      <c r="BV100" s="17">
+        <v>156.75803049999999</v>
+      </c>
     </row>
-    <row r="101" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="101" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B101" s="7"/>
       <c r="C101" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="17">
         <v>0</v>
       </c>
       <c r="E101" s="17">
         <v>0</v>
       </c>
       <c r="F101" s="17">
         <v>0</v>
       </c>
       <c r="G101" s="17">
         <v>0</v>
       </c>
       <c r="H101" s="17">
         <v>0</v>
       </c>
       <c r="I101" s="17">
         <v>0</v>
       </c>
       <c r="J101" s="17">
         <v>0</v>
       </c>
@@ -20390,52 +20656,55 @@
       </c>
       <c r="BN101" s="17">
         <v>0</v>
       </c>
       <c r="BO101" s="17">
         <v>0</v>
       </c>
       <c r="BP101" s="17">
         <v>0</v>
       </c>
       <c r="BQ101" s="17">
         <v>0</v>
       </c>
       <c r="BR101" s="17">
         <v>0</v>
       </c>
       <c r="BS101" s="17">
         <v>0</v>
       </c>
       <c r="BT101" s="17">
         <v>0</v>
       </c>
       <c r="BU101" s="17">
         <v>0</v>
       </c>
+      <c r="BV101" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="102" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B102" s="7"/>
       <c r="C102" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="17">
         <v>0</v>
       </c>
       <c r="E102" s="17">
         <v>0</v>
       </c>
       <c r="F102" s="17">
         <v>0</v>
       </c>
       <c r="G102" s="17">
         <v>0</v>
       </c>
       <c r="H102" s="17">
         <v>0</v>
       </c>
       <c r="I102" s="17">
         <v>6.7338736387646598</v>
       </c>
       <c r="J102" s="17">
         <v>10.7477085102262</v>
       </c>
@@ -20606,52 +20875,55 @@
       </c>
       <c r="BN102" s="17">
         <v>20.422493320000001</v>
       </c>
       <c r="BO102" s="17">
         <v>20.756400840000001</v>
       </c>
       <c r="BP102" s="17">
         <v>20.928006880000002</v>
       </c>
       <c r="BQ102" s="17">
         <v>20.530448839999998</v>
       </c>
       <c r="BR102" s="17">
         <v>21.388898480000002</v>
       </c>
       <c r="BS102" s="17">
         <v>1.7362714123559</v>
       </c>
       <c r="BT102" s="17">
         <v>1.7578487500000199</v>
       </c>
       <c r="BU102" s="17">
         <v>1.7747057500000001</v>
       </c>
+      <c r="BV102" s="17">
+        <v>1.78458424999997</v>
+      </c>
     </row>
-    <row r="103" spans="2:73" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="103" spans="2:74" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B103" s="7"/>
       <c r="C103" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D103" s="17">
         <v>0</v>
       </c>
       <c r="E103" s="17">
         <v>0</v>
       </c>
       <c r="F103" s="17">
         <v>0</v>
       </c>
       <c r="G103" s="17">
         <v>0</v>
       </c>
       <c r="H103" s="17">
         <v>0</v>
       </c>
       <c r="I103" s="17">
         <v>0</v>
       </c>
       <c r="J103" s="17">
         <v>0</v>
       </c>
@@ -20822,52 +21094,55 @@
       </c>
       <c r="BN103" s="17">
         <v>0</v>
       </c>
       <c r="BO103" s="17">
         <v>0</v>
       </c>
       <c r="BP103" s="17">
         <v>0</v>
       </c>
       <c r="BQ103" s="17">
         <v>0</v>
       </c>
       <c r="BR103" s="17">
         <v>0</v>
       </c>
       <c r="BS103" s="17">
         <v>0</v>
       </c>
       <c r="BT103" s="17">
         <v>0</v>
       </c>
       <c r="BU103" s="17">
         <v>0</v>
       </c>
+      <c r="BV103" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="104" spans="2:73" x14ac:dyDescent="0.25">
+    <row r="104" spans="2:74" x14ac:dyDescent="0.25">
       <c r="D104" s="18"/>
       <c r="E104" s="18"/>
       <c r="F104" s="18"/>
       <c r="G104" s="18"/>
       <c r="H104" s="18"/>
       <c r="I104" s="18"/>
       <c r="J104" s="18"/>
       <c r="K104" s="18"/>
       <c r="L104" s="18"/>
       <c r="M104" s="18"/>
       <c r="N104" s="18"/>
       <c r="O104" s="18"/>
       <c r="P104" s="18"/>
       <c r="Q104" s="18"/>
       <c r="R104" s="18"/>
       <c r="S104" s="18"/>
       <c r="T104" s="18"/>
       <c r="U104" s="18"/>
       <c r="V104" s="18"/>
       <c r="W104" s="18"/>
       <c r="X104" s="18"/>
       <c r="Y104" s="18"/>
       <c r="Z104" s="18"/>
       <c r="AA104" s="18"/>
       <c r="AB104" s="18"/>
@@ -20894,52 +21169,53 @@
       <c r="AW104" s="18"/>
       <c r="AX104" s="18"/>
       <c r="AY104" s="18"/>
       <c r="AZ104" s="18"/>
       <c r="BA104" s="18"/>
       <c r="BB104" s="18"/>
       <c r="BC104" s="18"/>
       <c r="BD104" s="18"/>
       <c r="BE104" s="18"/>
       <c r="BF104" s="18"/>
       <c r="BG104" s="18"/>
       <c r="BH104" s="18"/>
       <c r="BI104" s="18"/>
       <c r="BJ104" s="18"/>
       <c r="BK104" s="18"/>
       <c r="BL104" s="18"/>
       <c r="BM104" s="18"/>
       <c r="BN104" s="18"/>
       <c r="BO104" s="18"/>
       <c r="BP104" s="18"/>
       <c r="BQ104" s="18"/>
       <c r="BR104" s="18"/>
       <c r="BS104" s="18"/>
       <c r="BT104" s="18"/>
       <c r="BU104" s="18"/>
+      <c r="BV104" s="18"/>
     </row>
-    <row r="105" spans="2:73" x14ac:dyDescent="0.25">
+    <row r="105" spans="2:74" x14ac:dyDescent="0.25">
       <c r="C105" s="2"/>
       <c r="D105" s="18"/>
       <c r="E105" s="18"/>
       <c r="F105" s="18"/>
       <c r="G105" s="18"/>
       <c r="H105" s="18"/>
       <c r="I105" s="18"/>
       <c r="J105" s="18"/>
       <c r="K105" s="18"/>
       <c r="L105" s="18"/>
       <c r="M105" s="18"/>
       <c r="N105" s="18"/>
       <c r="O105" s="18"/>
       <c r="P105" s="18"/>
       <c r="Q105" s="18"/>
       <c r="R105" s="18"/>
       <c r="S105" s="18"/>
       <c r="T105" s="18"/>
       <c r="U105" s="18"/>
       <c r="V105" s="18"/>
       <c r="W105" s="18"/>
       <c r="X105" s="18"/>
       <c r="Y105" s="18"/>
       <c r="Z105" s="18"/>
       <c r="AA105" s="18"/>
@@ -20967,52 +21243,53 @@
       <c r="AW105" s="18"/>
       <c r="AX105" s="18"/>
       <c r="AY105" s="18"/>
       <c r="AZ105" s="18"/>
       <c r="BA105" s="18"/>
       <c r="BB105" s="18"/>
       <c r="BC105" s="18"/>
       <c r="BD105" s="18"/>
       <c r="BE105" s="18"/>
       <c r="BF105" s="18"/>
       <c r="BG105" s="18"/>
       <c r="BH105" s="18"/>
       <c r="BI105" s="18"/>
       <c r="BJ105" s="18"/>
       <c r="BK105" s="18"/>
       <c r="BL105" s="18"/>
       <c r="BM105" s="18"/>
       <c r="BN105" s="18"/>
       <c r="BO105" s="18"/>
       <c r="BP105" s="18"/>
       <c r="BQ105" s="18"/>
       <c r="BR105" s="18"/>
       <c r="BS105" s="18"/>
       <c r="BT105" s="18"/>
       <c r="BU105" s="18"/>
+      <c r="BV105" s="18"/>
     </row>
-    <row r="106" spans="2:73" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="106" spans="2:74" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B106" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="22"/>
       <c r="D106" s="23">
         <v>0</v>
       </c>
       <c r="E106" s="23">
         <v>68203.801512814302</v>
       </c>
       <c r="F106" s="23">
         <v>72884.256182467958</v>
       </c>
       <c r="G106" s="23">
         <v>76311.796633901628</v>
       </c>
       <c r="H106" s="23">
         <v>76568.206117733222</v>
       </c>
       <c r="I106" s="23">
         <v>78259.232611967018</v>
       </c>
       <c r="J106" s="23">
         <v>79372.413556169951</v>
       </c>
@@ -21178,108 +21455,111 @@
       <c r="BL106" s="23">
         <v>320995.09517694422</v>
       </c>
       <c r="BM106" s="23">
         <v>331236.23588078812</v>
       </c>
       <c r="BN106" s="23">
         <v>350181.88010983623</v>
       </c>
       <c r="BO106" s="23">
         <v>353953.83433473099</v>
       </c>
       <c r="BP106" s="23">
         <v>372741.48205237708</v>
       </c>
       <c r="BQ106" s="23">
         <v>360200.87727793312</v>
       </c>
       <c r="BR106" s="23">
         <v>353656.78023411718</v>
       </c>
       <c r="BS106" s="23">
         <v>366966.95028745767</v>
       </c>
       <c r="BT106" s="23">
-        <v>369747.14398497692</v>
+        <v>369733.19923556113</v>
       </c>
       <c r="BU106" s="23">
-        <v>380579.50832798105</v>
+        <v>380565.5162569228</v>
+      </c>
+      <c r="BV106" s="23">
+        <v>387133.22550282895</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="BT4:BV4"/>
     <mergeCell ref="D4:G4"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="P4:S4"/>
     <mergeCell ref="T4:W4"/>
-    <mergeCell ref="BT4:BU4"/>
     <mergeCell ref="AR4:AU4"/>
     <mergeCell ref="BP4:BS4"/>
     <mergeCell ref="X4:AA4"/>
     <mergeCell ref="AB4:AE4"/>
     <mergeCell ref="AF4:AI4"/>
     <mergeCell ref="AJ4:AM4"/>
     <mergeCell ref="AN4:AQ4"/>
     <mergeCell ref="AV4:AY4"/>
     <mergeCell ref="AZ4:BC4"/>
     <mergeCell ref="BD4:BG4"/>
     <mergeCell ref="BH4:BK4"/>
     <mergeCell ref="BL4:BO4"/>
   </mergeCells>
   <conditionalFormatting sqref="C4:BJ5">
-    <cfRule type="notContainsBlanks" dxfId="6" priority="22" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="6" priority="23" stopIfTrue="1">
       <formula>LEN(TRIM(C4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BL5:BN5">
-    <cfRule type="notContainsBlanks" dxfId="5" priority="17" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="5" priority="18" stopIfTrue="1">
       <formula>LEN(TRIM(BL5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BL4:BO4">
-    <cfRule type="notContainsBlanks" dxfId="4" priority="14" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="4" priority="15" stopIfTrue="1">
       <formula>LEN(TRIM(BL4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BP4:BP5">
-    <cfRule type="notContainsBlanks" dxfId="3" priority="10" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="3" priority="11" stopIfTrue="1">
       <formula>LEN(TRIM(BP4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BQ5:BS5">
-    <cfRule type="notContainsBlanks" dxfId="2" priority="7" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="2" priority="8" stopIfTrue="1">
       <formula>LEN(TRIM(BQ5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BT4:BT5">
-    <cfRule type="notContainsBlanks" dxfId="1" priority="2" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="1" priority="3" stopIfTrue="1">
       <formula>LEN(TRIM(BT4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="BU5">
+  <conditionalFormatting sqref="BU5:BV5">
     <cfRule type="notContainsBlanks" dxfId="0" priority="1" stopIfTrue="1">
       <formula>LEN(TRIM(BU5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f509eeb-56d7-4078-8c25-542621925144}" enabled="1" method="Standard" siteId="{d1bf4087-52c2-42b9-913e-a262f9f83199}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>