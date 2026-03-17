--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -2,53 +2,53 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8EA19E39-DA53-40D8-A050-4BD6C092A8A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D4C8CE46-3E6A-4BE4-BE58-74808961D122}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{36EEB146-1D45-4F31-8CDE-E267B2EDFC42}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{36EEB146-1D45-4F31-8CDE-E267B2EDFC42}"/>
   </bookViews>
   <sheets>
     <sheet name="EMV_3" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -72,51 +72,51 @@
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I4" i="1" l="1"/>
   <c r="M4" i="1" s="1"/>
   <c r="Q4" i="1" s="1"/>
   <c r="U4" i="1" s="1"/>
   <c r="Y4" i="1" s="1"/>
   <c r="AC4" i="1" s="1"/>
   <c r="AG4" i="1" s="1"/>
   <c r="AK4" i="1" s="1"/>
   <c r="AO4" i="1" s="1"/>
   <c r="AS4" i="1" s="1"/>
   <c r="AW4" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="33">
   <si>
     <t>Miles de milllones de pesos. Valores nominales, incluye intereses devengados.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Emisiones</t>
   </si>
   <si>
     <t>Interes Devengados</t>
   </si>
   <si>
     <t>Pagos (1)</t>
   </si>
   <si>
     <t>Efecto inflación y tipo de cambio (2)</t>
   </si>
   <si>
     <t>Flujo neto (3)</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
@@ -426,60 +426,60 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="7">
     <dxf>
       <border>
         <left style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </right>
       </border>
     </dxf>
     <dxf>
@@ -841,217 +841,218 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{936CBBE3-2C49-4237-89AD-67114CB5512A}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:BV91"/>
+  <dimension ref="A1:BW91"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="4" ySplit="5" topLeftCell="AZ6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.42578125" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" customWidth="1"/>
     <col min="3" max="3" width="34.85546875" customWidth="1"/>
     <col min="4" max="4" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="53" max="55" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="56" max="59" width="12.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:75" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
-    <row r="2" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
-    <row r="3" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
-    <row r="4" spans="1:74" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:75" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
-      <c r="E4" s="30">
+      <c r="E4" s="29">
         <v>2008</v>
       </c>
-      <c r="F4" s="30"/>
-[...2 lines deleted...]
-      <c r="I4" s="31">
+      <c r="F4" s="29"/>
+      <c r="G4" s="29"/>
+      <c r="H4" s="29"/>
+      <c r="I4" s="28">
         <f>+E4+1</f>
         <v>2009</v>
       </c>
-      <c r="J4" s="31"/>
-[...2 lines deleted...]
-      <c r="M4" s="30">
+      <c r="J4" s="28"/>
+      <c r="K4" s="28"/>
+      <c r="L4" s="28"/>
+      <c r="M4" s="29">
         <f>+I4+1</f>
         <v>2010</v>
       </c>
-      <c r="N4" s="30"/>
-[...2 lines deleted...]
-      <c r="Q4" s="31">
+      <c r="N4" s="29"/>
+      <c r="O4" s="29"/>
+      <c r="P4" s="29"/>
+      <c r="Q4" s="28">
         <f>+M4+1</f>
         <v>2011</v>
       </c>
-      <c r="R4" s="31"/>
-[...2 lines deleted...]
-      <c r="U4" s="30">
+      <c r="R4" s="28"/>
+      <c r="S4" s="28"/>
+      <c r="T4" s="28"/>
+      <c r="U4" s="29">
         <f>+Q4+1</f>
         <v>2012</v>
       </c>
-      <c r="V4" s="30"/>
-[...2 lines deleted...]
-      <c r="Y4" s="31">
+      <c r="V4" s="29"/>
+      <c r="W4" s="29"/>
+      <c r="X4" s="29"/>
+      <c r="Y4" s="28">
         <f>+U4+1</f>
         <v>2013</v>
       </c>
-      <c r="Z4" s="31"/>
-[...2 lines deleted...]
-      <c r="AC4" s="30">
+      <c r="Z4" s="28"/>
+      <c r="AA4" s="28"/>
+      <c r="AB4" s="28"/>
+      <c r="AC4" s="29">
         <f>+Y4+1</f>
         <v>2014</v>
       </c>
-      <c r="AD4" s="30"/>
-[...2 lines deleted...]
-      <c r="AG4" s="31">
+      <c r="AD4" s="29"/>
+      <c r="AE4" s="29"/>
+      <c r="AF4" s="29"/>
+      <c r="AG4" s="28">
         <f>+AC4+1</f>
         <v>2015</v>
       </c>
-      <c r="AH4" s="31"/>
-[...2 lines deleted...]
-      <c r="AK4" s="30">
+      <c r="AH4" s="28"/>
+      <c r="AI4" s="28"/>
+      <c r="AJ4" s="28"/>
+      <c r="AK4" s="29">
         <f>+AG4+1</f>
         <v>2016</v>
       </c>
-      <c r="AL4" s="30"/>
-[...2 lines deleted...]
-      <c r="AO4" s="31">
+      <c r="AL4" s="29"/>
+      <c r="AM4" s="29"/>
+      <c r="AN4" s="29"/>
+      <c r="AO4" s="28">
         <f>+AK4+1</f>
         <v>2017</v>
       </c>
-      <c r="AP4" s="31"/>
-[...2 lines deleted...]
-      <c r="AS4" s="30">
+      <c r="AP4" s="28"/>
+      <c r="AQ4" s="28"/>
+      <c r="AR4" s="28"/>
+      <c r="AS4" s="29">
         <f>+AO4+1</f>
         <v>2018</v>
       </c>
-      <c r="AT4" s="30"/>
-[...2 lines deleted...]
-      <c r="AW4" s="31">
+      <c r="AT4" s="29"/>
+      <c r="AU4" s="29"/>
+      <c r="AV4" s="29"/>
+      <c r="AW4" s="28">
         <f>+AS4+1</f>
         <v>2019</v>
       </c>
-      <c r="AX4" s="31"/>
-[...2 lines deleted...]
-      <c r="BA4" s="30">
+      <c r="AX4" s="28"/>
+      <c r="AY4" s="28"/>
+      <c r="AZ4" s="28"/>
+      <c r="BA4" s="29">
         <v>2020</v>
       </c>
-      <c r="BB4" s="30"/>
-[...2 lines deleted...]
-      <c r="BE4" s="31">
+      <c r="BB4" s="29"/>
+      <c r="BC4" s="29"/>
+      <c r="BD4" s="29"/>
+      <c r="BE4" s="28">
         <v>2021</v>
       </c>
-      <c r="BF4" s="31"/>
-[...1 lines deleted...]
-      <c r="BH4" s="31"/>
+      <c r="BF4" s="28"/>
+      <c r="BG4" s="28"/>
+      <c r="BH4" s="28"/>
       <c r="BI4" s="32">
         <v>2022</v>
       </c>
-      <c r="BJ4" s="30"/>
-      <c r="BK4" s="30"/>
+      <c r="BJ4" s="29"/>
+      <c r="BK4" s="29"/>
       <c r="BL4" s="33"/>
-      <c r="BM4" s="31">
+      <c r="BM4" s="28">
         <v>2023</v>
       </c>
-      <c r="BN4" s="31"/>
-[...1 lines deleted...]
-      <c r="BP4" s="31"/>
+      <c r="BN4" s="28"/>
+      <c r="BO4" s="28"/>
+      <c r="BP4" s="28"/>
       <c r="BQ4" s="32">
         <v>2024</v>
       </c>
-      <c r="BR4" s="30"/>
-      <c r="BS4" s="30"/>
+      <c r="BR4" s="29"/>
+      <c r="BS4" s="29"/>
       <c r="BT4" s="33"/>
-      <c r="BU4" s="28">
+      <c r="BU4" s="30">
         <v>2025</v>
       </c>
-      <c r="BV4" s="29"/>
+      <c r="BV4" s="28"/>
+      <c r="BW4" s="31"/>
     </row>
-    <row r="5" spans="1:74" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:75" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9"/>
       <c r="B5" s="9"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>10</v>
       </c>
@@ -1222,52 +1223,55 @@
       </c>
       <c r="BO5" s="10" t="s">
         <v>10</v>
       </c>
       <c r="BP5" s="27" t="s">
         <v>11</v>
       </c>
       <c r="BQ5" s="26" t="s">
         <v>8</v>
       </c>
       <c r="BR5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="BS5" s="10" t="s">
         <v>10</v>
       </c>
       <c r="BT5" s="27" t="s">
         <v>11</v>
       </c>
       <c r="BU5" s="26" t="s">
         <v>8</v>
       </c>
       <c r="BV5" s="10" t="s">
         <v>9</v>
       </c>
+      <c r="BW5" s="10" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="6" spans="1:74" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:75" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11"/>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="12"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="12"/>
       <c r="R6" s="12"/>
       <c r="S6" s="12"/>
       <c r="T6" s="12"/>
       <c r="U6" s="12"/>
       <c r="V6" s="12"/>
       <c r="W6" s="12"/>
       <c r="X6" s="12"/>
       <c r="Y6" s="12"/>
@@ -1298,52 +1302,53 @@
       <c r="AX6" s="12"/>
       <c r="AY6" s="12"/>
       <c r="AZ6" s="12"/>
       <c r="BA6" s="12"/>
       <c r="BB6" s="12"/>
       <c r="BC6" s="12"/>
       <c r="BD6" s="12"/>
       <c r="BE6" s="12"/>
       <c r="BF6" s="12"/>
       <c r="BG6" s="12"/>
       <c r="BH6" s="12"/>
       <c r="BI6" s="12"/>
       <c r="BJ6" s="12"/>
       <c r="BK6" s="12"/>
       <c r="BL6" s="12"/>
       <c r="BM6" s="12"/>
       <c r="BN6" s="12"/>
       <c r="BO6" s="12"/>
       <c r="BP6" s="12"/>
       <c r="BQ6" s="12"/>
       <c r="BR6" s="12"/>
       <c r="BS6" s="12"/>
       <c r="BT6" s="12"/>
       <c r="BU6" s="12"/>
       <c r="BV6" s="12"/>
+      <c r="BW6" s="12"/>
     </row>
-    <row r="7" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:75" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="13"/>
       <c r="F7" s="13"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="13"/>
       <c r="L7" s="13"/>
       <c r="M7" s="13"/>
       <c r="N7" s="13"/>
       <c r="O7" s="13"/>
       <c r="P7" s="13"/>
       <c r="Q7" s="13"/>
       <c r="R7" s="13"/>
       <c r="S7" s="13"/>
       <c r="T7" s="13"/>
       <c r="U7" s="13"/>
       <c r="V7" s="13"/>
       <c r="W7" s="13"/>
       <c r="X7" s="13"/>
       <c r="Y7" s="13"/>
       <c r="Z7" s="13"/>
@@ -1373,52 +1378,53 @@
       <c r="AX7" s="13"/>
       <c r="AY7" s="13"/>
       <c r="AZ7" s="13"/>
       <c r="BA7" s="13"/>
       <c r="BB7" s="13"/>
       <c r="BC7" s="13"/>
       <c r="BD7" s="13"/>
       <c r="BE7" s="13"/>
       <c r="BF7" s="13"/>
       <c r="BG7" s="13"/>
       <c r="BH7" s="13"/>
       <c r="BI7" s="13"/>
       <c r="BJ7" s="13"/>
       <c r="BK7" s="13"/>
       <c r="BL7" s="13"/>
       <c r="BM7" s="13"/>
       <c r="BN7" s="13"/>
       <c r="BO7" s="13"/>
       <c r="BP7" s="13"/>
       <c r="BQ7" s="13"/>
       <c r="BR7" s="13"/>
       <c r="BS7" s="13"/>
       <c r="BT7" s="13"/>
       <c r="BU7" s="13"/>
       <c r="BV7" s="13"/>
+      <c r="BW7" s="13"/>
     </row>
-    <row r="8" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A8" s="7"/>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="8"/>
       <c r="D8" t="s">
         <v>6</v>
       </c>
       <c r="E8" s="14">
         <v>0</v>
       </c>
       <c r="F8" s="14">
         <v>-128.49999999999901</v>
       </c>
       <c r="G8" s="14">
         <v>380.6</v>
       </c>
       <c r="H8" s="14">
         <v>-315.20474300000001</v>
       </c>
       <c r="I8" s="14">
         <v>759.10474300000101</v>
       </c>
       <c r="J8" s="14">
         <v>-71.500000000000696</v>
@@ -1591,54 +1597,57 @@
       <c r="BN8" s="14">
         <v>2194.99999999996</v>
       </c>
       <c r="BO8" s="14">
         <v>5700.00000000001</v>
       </c>
       <c r="BP8" s="14">
         <v>-7930.6</v>
       </c>
       <c r="BQ8" s="14">
         <v>-10369.4</v>
       </c>
       <c r="BR8" s="14">
         <v>-8140</v>
       </c>
       <c r="BS8" s="14">
         <v>-270.00000000000398</v>
       </c>
       <c r="BT8" s="14">
         <v>479.99999999999602</v>
       </c>
       <c r="BU8" s="14">
         <v>1020</v>
       </c>
       <c r="BV8" s="14">
-        <v>700</v>
+        <v>700.00000000000705</v>
+      </c>
+      <c r="BW8" s="14">
+        <v>459.99999999999602</v>
       </c>
     </row>
-    <row r="9" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:75" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
       <c r="E9" s="14">
         <v>0</v>
       </c>
       <c r="F9" s="14">
         <v>682.45324116582901</v>
       </c>
       <c r="G9" s="14">
         <v>-153.204269562577</v>
       </c>
       <c r="H9" s="14">
         <v>1034.9717851647999</v>
       </c>
       <c r="I9" s="14">
         <v>-533.15230665302397</v>
       </c>
       <c r="J9" s="14">
         <v>1918.12016936244</v>
       </c>
       <c r="K9" s="14">
@@ -1806,57 +1815,60 @@
       <c r="BM9" s="14">
         <v>-1064.6329653728301</v>
       </c>
       <c r="BN9" s="14">
         <v>757.62208792299998</v>
       </c>
       <c r="BO9" s="14">
         <v>-943.37891252395195</v>
       </c>
       <c r="BP9" s="14">
         <v>8414.2658787734963</v>
       </c>
       <c r="BQ9" s="14">
         <v>10392.302539803961</v>
       </c>
       <c r="BR9" s="14">
         <v>-4794.5589828979901</v>
       </c>
       <c r="BS9" s="14">
         <v>-6927.5554560056698</v>
       </c>
       <c r="BT9" s="14">
         <v>657.587672756953</v>
       </c>
       <c r="BU9" s="14">
-        <v>26.5385345931663</v>
+        <v>26.5385345931718</v>
       </c>
       <c r="BV9" s="14">
         <v>2134.56909187159</v>
       </c>
+      <c r="BW9" s="14">
+        <v>-2166.7474931694901</v>
+      </c>
     </row>
-    <row r="10" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:75" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="14">
         <v>0</v>
       </c>
       <c r="F10" s="14">
         <v>57.024528020999995</v>
       </c>
       <c r="G10" s="14">
         <v>40.563061999999938</v>
       </c>
       <c r="H10" s="14">
         <v>39.564592999999896</v>
       </c>
       <c r="I10" s="14">
         <v>59.522072000000023</v>
       </c>
       <c r="J10" s="14">
         <v>37.420831000000277</v>
       </c>
       <c r="K10" s="14">
@@ -2029,52 +2041,55 @@
       </c>
       <c r="BO10" s="14">
         <v>-29.858575999999982</v>
       </c>
       <c r="BP10" s="14">
         <v>70.971957999999972</v>
       </c>
       <c r="BQ10" s="14">
         <v>46.077964725339029</v>
       </c>
       <c r="BR10" s="14">
         <v>130.36863227466108</v>
       </c>
       <c r="BS10" s="14">
         <v>165.83413099999996</v>
       </c>
       <c r="BT10" s="14">
         <v>205.13324500000002</v>
       </c>
       <c r="BU10" s="14">
         <v>-127.95895600000003</v>
       </c>
       <c r="BV10" s="14">
         <v>302.19999799999999</v>
       </c>
+      <c r="BW10" s="14">
+        <v>-109.55617700209577</v>
+      </c>
     </row>
-    <row r="11" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
       <c r="X11" s="13"/>
       <c r="Y11" s="13"/>
       <c r="Z11" s="13"/>
       <c r="AA11" s="13"/>
       <c r="AB11" s="13"/>
       <c r="AC11" s="13"/>
@@ -2101,52 +2116,53 @@
       <c r="AX11" s="13"/>
       <c r="AY11" s="13"/>
       <c r="AZ11" s="13"/>
       <c r="BA11" s="13"/>
       <c r="BB11" s="13"/>
       <c r="BC11" s="13"/>
       <c r="BD11" s="13"/>
       <c r="BE11" s="13"/>
       <c r="BF11" s="13"/>
       <c r="BG11" s="13"/>
       <c r="BH11" s="13"/>
       <c r="BI11" s="13"/>
       <c r="BJ11" s="13"/>
       <c r="BK11" s="13"/>
       <c r="BL11" s="13"/>
       <c r="BM11" s="13"/>
       <c r="BN11" s="13"/>
       <c r="BO11" s="13"/>
       <c r="BP11" s="13"/>
       <c r="BQ11" s="13"/>
       <c r="BR11" s="13"/>
       <c r="BS11" s="13"/>
       <c r="BT11" s="13"/>
       <c r="BU11" s="13"/>
       <c r="BV11" s="13"/>
+      <c r="BW11" s="13"/>
     </row>
-    <row r="12" spans="1:74" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:75" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="7"/>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="7"/>
       <c r="E12" s="14">
         <v>0</v>
       </c>
       <c r="F12" s="14">
         <v>610.97776918683007</v>
       </c>
       <c r="G12" s="14">
         <v>267.95879243742297</v>
       </c>
       <c r="H12" s="14">
         <v>759.33163516479988</v>
       </c>
       <c r="I12" s="14">
         <v>285.47450834697707</v>
       </c>
       <c r="J12" s="14">
         <v>1884.0410003624397</v>
       </c>
       <c r="K12" s="14">
         <v>644.14866503826795</v>
@@ -2313,57 +2329,60 @@
       <c r="BM12" s="14">
         <v>1747.60336562717</v>
       </c>
       <c r="BN12" s="14">
         <v>2993.03709092296</v>
       </c>
       <c r="BO12" s="14">
         <v>4726.7625114760585</v>
       </c>
       <c r="BP12" s="14">
         <v>554.63783677349591</v>
       </c>
       <c r="BQ12" s="14">
         <v>68.980504529300219</v>
       </c>
       <c r="BR12" s="14">
         <v>-12804.190350623328</v>
       </c>
       <c r="BS12" s="14">
         <v>-7031.7213250056739</v>
       </c>
       <c r="BT12" s="14">
         <v>1342.7209177569489</v>
       </c>
       <c r="BU12" s="14">
-        <v>918.57957859316627</v>
+        <v>918.57957859317173</v>
       </c>
       <c r="BV12" s="14">
-        <v>3136.76908987159</v>
+        <v>3136.7690898715973</v>
+      </c>
+      <c r="BW12" s="14">
+        <v>-1816.3036701715901</v>
       </c>
     </row>
-    <row r="13" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A13" s="15"/>
       <c r="B13" s="15"/>
       <c r="C13" s="15"/>
       <c r="D13" s="15"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16"/>
       <c r="T13" s="16"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
       <c r="W13" s="16"/>
       <c r="X13" s="16"/>
       <c r="Y13" s="16"/>
@@ -2394,60 +2413,61 @@
       <c r="AX13" s="16"/>
       <c r="AY13" s="16"/>
       <c r="AZ13" s="16"/>
       <c r="BA13" s="16"/>
       <c r="BB13" s="16"/>
       <c r="BC13" s="16"/>
       <c r="BD13" s="16"/>
       <c r="BE13" s="16"/>
       <c r="BF13" s="16"/>
       <c r="BG13" s="16"/>
       <c r="BH13" s="16"/>
       <c r="BI13" s="16"/>
       <c r="BJ13" s="16"/>
       <c r="BK13" s="16"/>
       <c r="BL13" s="16"/>
       <c r="BM13" s="16"/>
       <c r="BN13" s="16"/>
       <c r="BO13" s="16"/>
       <c r="BP13" s="16"/>
       <c r="BQ13" s="16"/>
       <c r="BR13" s="16"/>
       <c r="BS13" s="16"/>
       <c r="BT13" s="16"/>
       <c r="BU13" s="16"/>
       <c r="BV13" s="16"/>
+      <c r="BW13" s="16"/>
     </row>
-    <row r="14" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:75" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
     </row>
-    <row r="15" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A15" s="7"/>
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="8"/>
       <c r="D15" t="s">
         <v>2</v>
       </c>
       <c r="E15" s="14">
         <v>0</v>
       </c>
       <c r="F15" s="14">
         <v>905.51704899286108</v>
       </c>
       <c r="G15" s="14">
         <v>1936.9182813715763</v>
       </c>
       <c r="H15" s="14">
         <v>437.64400778589868</v>
       </c>
       <c r="I15" s="14">
         <v>256.81947106468033</v>
       </c>
       <c r="J15" s="14">
         <v>214.28588703792323</v>
@@ -2622,52 +2642,55 @@
       </c>
       <c r="BO15" s="14">
         <v>0</v>
       </c>
       <c r="BP15" s="14">
         <v>0</v>
       </c>
       <c r="BQ15" s="14">
         <v>0</v>
       </c>
       <c r="BR15" s="14">
         <v>0</v>
       </c>
       <c r="BS15" s="14">
         <v>0</v>
       </c>
       <c r="BT15" s="14">
         <v>0</v>
       </c>
       <c r="BU15" s="14">
         <v>0</v>
       </c>
       <c r="BV15" s="14">
         <v>0</v>
       </c>
+      <c r="BW15" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A16" s="7"/>
       <c r="C16" s="8"/>
       <c r="D16" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="14">
         <v>0</v>
       </c>
       <c r="F16" s="14">
         <v>109.51336073106989</v>
       </c>
       <c r="G16" s="14">
         <v>107.90129995265829</v>
       </c>
       <c r="H16" s="14">
         <v>106.95755537499636</v>
       </c>
       <c r="I16" s="14">
         <v>102.38438237517234</v>
       </c>
       <c r="J16" s="14">
         <v>103.64912933357976</v>
       </c>
       <c r="K16" s="14">
         <v>89.730363296527514</v>
@@ -2839,52 +2862,55 @@
       </c>
       <c r="BO16" s="14">
         <v>0.60897858904487101</v>
       </c>
       <c r="BP16" s="14">
         <v>0.62405186593399797</v>
       </c>
       <c r="BQ16" s="14">
         <v>0.61861433024207002</v>
       </c>
       <c r="BR16" s="14">
         <v>0.63262448488669398</v>
       </c>
       <c r="BS16" s="14">
         <v>0.63856342261075905</v>
       </c>
       <c r="BT16" s="14">
         <v>0.65294120664216704</v>
       </c>
       <c r="BU16" s="14">
         <v>0.63970382207615795</v>
       </c>
       <c r="BV16" s="14">
         <v>0.66029356321488097</v>
       </c>
+      <c r="BW16" s="14">
+        <v>0.66452418363015298</v>
+      </c>
     </row>
-    <row r="17" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A17" s="7"/>
       <c r="C17" s="8"/>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" s="14">
         <v>0</v>
       </c>
       <c r="F17" s="14">
         <v>-140.97200000000001</v>
       </c>
       <c r="G17" s="14">
         <v>-863.88997168740252</v>
       </c>
       <c r="H17" s="14">
         <v>-217.13467999579859</v>
       </c>
       <c r="I17" s="14">
         <v>-418.67687892459065</v>
       </c>
       <c r="J17" s="14">
         <v>-188.57202279452162</v>
       </c>
       <c r="K17" s="14">
         <v>-1440.0271396466023</v>
@@ -3056,52 +3082,55 @@
       </c>
       <c r="BO17" s="14">
         <v>-0.82225111330187695</v>
       </c>
       <c r="BP17" s="14">
         <v>-0.39392324873476298</v>
       </c>
       <c r="BQ17" s="14">
         <v>-0.85572767416553397</v>
       </c>
       <c r="BR17" s="14">
         <v>-0.39945234591383999</v>
       </c>
       <c r="BS17" s="14">
         <v>-0.86568844056102801</v>
       </c>
       <c r="BT17" s="14">
         <v>-0.41165501791701797</v>
       </c>
       <c r="BU17" s="14">
         <v>-0.89505781447053101</v>
       </c>
       <c r="BV17" s="14">
         <v>-0.41412645519368102</v>
       </c>
+      <c r="BW17" s="14">
+        <v>-0.89580546746478396</v>
+      </c>
     </row>
-    <row r="18" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A18" s="7"/>
       <c r="C18" s="8"/>
       <c r="D18" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="14">
         <v>0</v>
       </c>
       <c r="F18" s="14">
         <v>54.779880978250297</v>
       </c>
       <c r="G18" s="14">
         <v>220.1191853711737</v>
       </c>
       <c r="H18" s="14">
         <v>155.71204752408352</v>
       </c>
       <c r="I18" s="14">
         <v>-168.59800077706848</v>
       </c>
       <c r="J18" s="14">
         <v>-9.3999003873451628</v>
       </c>
       <c r="K18" s="14">
         <v>-30.16928037896135</v>
@@ -3271,54 +3300,57 @@
       <c r="BN18" s="14">
         <v>1.1717309009369501</v>
       </c>
       <c r="BO18" s="14">
         <v>0.24517938851236901</v>
       </c>
       <c r="BP18" s="14">
         <v>1.3493065524389101</v>
       </c>
       <c r="BQ18" s="14">
         <v>0.69042140525948203</v>
       </c>
       <c r="BR18" s="14">
         <v>1.0901495836438999</v>
       </c>
       <c r="BS18" s="14">
         <v>0.77018599156803003</v>
       </c>
       <c r="BT18" s="14">
         <v>1.1536572904561699</v>
       </c>
       <c r="BU18" s="14">
         <v>1.08528807760471</v>
       </c>
       <c r="BV18" s="14">
-        <v>0.85005546679431399</v>
+        <v>0.85005546679431498</v>
+      </c>
+      <c r="BW18" s="14">
+        <v>0.49594563289986898</v>
       </c>
     </row>
-    <row r="19" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
       <c r="G19" s="13"/>
       <c r="H19" s="13"/>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="13"/>
       <c r="L19" s="13"/>
       <c r="M19" s="13"/>
       <c r="N19" s="13"/>
       <c r="O19" s="13"/>
       <c r="P19" s="13"/>
       <c r="Q19" s="13"/>
       <c r="R19" s="13"/>
       <c r="S19" s="13"/>
       <c r="T19" s="13"/>
       <c r="U19" s="13"/>
       <c r="V19" s="13"/>
       <c r="W19" s="13"/>
       <c r="X19" s="13"/>
       <c r="Y19" s="13"/>
       <c r="Z19" s="13"/>
       <c r="AA19" s="13"/>
       <c r="AB19" s="13"/>
       <c r="AC19" s="13"/>
@@ -3345,52 +3377,53 @@
       <c r="AX19" s="13"/>
       <c r="AY19" s="13"/>
       <c r="AZ19" s="13"/>
       <c r="BA19" s="13"/>
       <c r="BB19" s="13"/>
       <c r="BC19" s="13"/>
       <c r="BD19" s="13"/>
       <c r="BE19" s="13"/>
       <c r="BF19" s="13"/>
       <c r="BG19" s="13"/>
       <c r="BH19" s="13"/>
       <c r="BI19" s="13"/>
       <c r="BJ19" s="13"/>
       <c r="BK19" s="13"/>
       <c r="BL19" s="13"/>
       <c r="BM19" s="13"/>
       <c r="BN19" s="13"/>
       <c r="BO19" s="13"/>
       <c r="BP19" s="13"/>
       <c r="BQ19" s="13"/>
       <c r="BR19" s="13"/>
       <c r="BS19" s="13"/>
       <c r="BT19" s="13"/>
       <c r="BU19" s="13"/>
       <c r="BV19" s="13"/>
+      <c r="BW19" s="13"/>
     </row>
-    <row r="20" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A20" s="7"/>
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="8"/>
       <c r="D20" t="s">
         <v>2</v>
       </c>
       <c r="E20" s="14">
         <v>0</v>
       </c>
       <c r="F20" s="14">
         <v>288.56252564316901</v>
       </c>
       <c r="G20" s="14">
         <v>630.31510293516499</v>
       </c>
       <c r="H20" s="14">
         <v>366.86637672781899</v>
       </c>
       <c r="I20" s="14">
         <v>120.6159375708428</v>
       </c>
       <c r="J20" s="14">
         <v>210.98809745229551</v>
@@ -3560,57 +3593,60 @@
       <c r="BM20" s="14">
         <v>1704.6570747052785</v>
       </c>
       <c r="BN20" s="14">
         <v>1526.460508836795</v>
       </c>
       <c r="BO20" s="14">
         <v>1134.0034030546576</v>
       </c>
       <c r="BP20" s="14">
         <v>1610.3881754968565</v>
       </c>
       <c r="BQ20" s="14">
         <v>1870.2610920059576</v>
       </c>
       <c r="BR20" s="14">
         <v>1374.2907381157302</v>
       </c>
       <c r="BS20" s="14">
         <v>1797.5842091684474</v>
       </c>
       <c r="BT20" s="14">
         <v>1247.7834791484734</v>
       </c>
       <c r="BU20" s="14">
-        <v>1568.0892245685793</v>
+        <v>1568.3643102160331</v>
       </c>
       <c r="BV20" s="14">
-        <v>1504.4407621403925</v>
+        <v>1506.4008514733134</v>
+      </c>
+      <c r="BW20" s="14">
+        <v>1986.2906689460515</v>
       </c>
     </row>
-    <row r="21" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="C21" s="8"/>
       <c r="D21" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="14">
         <v>0</v>
       </c>
       <c r="F21" s="14">
         <v>133.389072938005</v>
       </c>
       <c r="G21" s="14">
         <v>133.54201628250112</v>
       </c>
       <c r="H21" s="14">
         <v>134.76084140753446</v>
       </c>
       <c r="I21" s="14">
         <v>128.6082229316963</v>
       </c>
       <c r="J21" s="14">
         <v>130.90996707611572</v>
       </c>
       <c r="K21" s="14">
         <v>133.61605454978567</v>
@@ -3777,57 +3813,60 @@
       <c r="BM21" s="14">
         <v>386.54071457217873</v>
       </c>
       <c r="BN21" s="14">
         <v>376.14819617835195</v>
       </c>
       <c r="BO21" s="14">
         <v>456.35817624345503</v>
       </c>
       <c r="BP21" s="14">
         <v>391.43394292360995</v>
       </c>
       <c r="BQ21" s="14">
         <v>397.97425875480315</v>
       </c>
       <c r="BR21" s="14">
         <v>410.4058093796001</v>
       </c>
       <c r="BS21" s="14">
         <v>427.54499249999992</v>
       </c>
       <c r="BT21" s="14">
         <v>409.10503034176571</v>
       </c>
       <c r="BU21" s="14">
-        <v>407.46160603914075</v>
+        <v>407.1865203916866</v>
       </c>
       <c r="BV21" s="14">
-        <v>417.78497737505654</v>
+        <v>415.82488804213529</v>
+      </c>
+      <c r="BW21" s="14">
+        <v>455.23905433137799</v>
       </c>
     </row>
-    <row r="22" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A22" s="7"/>
       <c r="C22" s="8"/>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" s="14">
         <v>0</v>
       </c>
       <c r="F22" s="14">
         <v>-210.97579929058699</v>
       </c>
       <c r="G22" s="14">
         <v>-386.87027927354421</v>
       </c>
       <c r="H22" s="14">
         <v>-369.03423184512741</v>
       </c>
       <c r="I22" s="14">
         <v>-334.272578707398</v>
       </c>
       <c r="J22" s="14">
         <v>-402.31205948655571</v>
       </c>
       <c r="K22" s="14">
         <v>-436.04599125457264</v>
@@ -3994,57 +4033,60 @@
       <c r="BM22" s="14">
         <v>-1654.4789004574088</v>
       </c>
       <c r="BN22" s="14">
         <v>-2075.4954338678544</v>
       </c>
       <c r="BO22" s="14">
         <v>-2322.3519741905784</v>
       </c>
       <c r="BP22" s="14">
         <v>-1663.0399803539435</v>
       </c>
       <c r="BQ22" s="14">
         <v>-1416.4073467976345</v>
       </c>
       <c r="BR22" s="14">
         <v>-2062.1649315631503</v>
       </c>
       <c r="BS22" s="14">
         <v>-2939.9057449083116</v>
       </c>
       <c r="BT22" s="14">
         <v>-2661.3182355470785</v>
       </c>
       <c r="BU22" s="14">
-        <v>-1607.4895520851107</v>
+        <v>-1607.489552085111</v>
       </c>
       <c r="BV22" s="14">
         <v>-2312.4047168775496</v>
       </c>
+      <c r="BW22" s="14">
+        <v>-2971.5630356946508</v>
+      </c>
     </row>
-    <row r="23" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A23" s="7"/>
       <c r="C23" s="8"/>
       <c r="D23" t="s">
         <v>5</v>
       </c>
       <c r="E23" s="14">
         <v>0</v>
       </c>
       <c r="F23" s="14">
         <v>279.409915592228</v>
       </c>
       <c r="G23" s="14">
         <v>413.68988911295617</v>
       </c>
       <c r="H23" s="14">
         <v>267.97626584966457</v>
       </c>
       <c r="I23" s="14">
         <v>-282.11029321562046</v>
       </c>
       <c r="J23" s="14">
         <v>-16.502314476172529</v>
       </c>
       <c r="K23" s="14">
         <v>-57.894763265871482</v>
@@ -4211,57 +4253,60 @@
       <c r="BM23" s="14">
         <v>675.79209083883745</v>
       </c>
       <c r="BN23" s="14">
         <v>762.03245769102853</v>
       </c>
       <c r="BO23" s="14">
         <v>167.94509186216911</v>
       </c>
       <c r="BP23" s="14">
         <v>837.64578620714906</v>
       </c>
       <c r="BQ23" s="14">
         <v>456.78479692654037</v>
       </c>
       <c r="BR23" s="14">
         <v>697.91668635771202</v>
       </c>
       <c r="BS23" s="14">
         <v>481.48944364883789</v>
       </c>
       <c r="BT23" s="14">
         <v>725.68303723033341</v>
       </c>
       <c r="BU23" s="14">
-        <v>678.39236246514236</v>
+        <v>678.39236246514326</v>
       </c>
       <c r="BV23" s="14">
-        <v>529.95213927377642</v>
+        <v>529.95213927377665</v>
+      </c>
+      <c r="BW23" s="14">
+        <v>300.46731243948688</v>
       </c>
     </row>
-    <row r="24" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
       <c r="H24" s="13"/>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="13"/>
       <c r="L24" s="13"/>
       <c r="M24" s="13"/>
       <c r="N24" s="13"/>
       <c r="O24" s="13"/>
       <c r="P24" s="13"/>
       <c r="Q24" s="13"/>
       <c r="R24" s="13"/>
       <c r="S24" s="13"/>
       <c r="T24" s="13"/>
       <c r="U24" s="13"/>
       <c r="V24" s="13"/>
       <c r="W24" s="13"/>
       <c r="X24" s="13"/>
       <c r="Y24" s="13"/>
       <c r="Z24" s="13"/>
       <c r="AA24" s="13"/>
       <c r="AB24" s="13"/>
       <c r="AC24" s="13"/>
@@ -4288,52 +4333,53 @@
       <c r="AX24" s="13"/>
       <c r="AY24" s="13"/>
       <c r="AZ24" s="13"/>
       <c r="BA24" s="13"/>
       <c r="BB24" s="13"/>
       <c r="BC24" s="13"/>
       <c r="BD24" s="13"/>
       <c r="BE24" s="13"/>
       <c r="BF24" s="13"/>
       <c r="BG24" s="13"/>
       <c r="BH24" s="13"/>
       <c r="BI24" s="13"/>
       <c r="BJ24" s="13"/>
       <c r="BK24" s="13"/>
       <c r="BL24" s="13"/>
       <c r="BM24" s="13"/>
       <c r="BN24" s="13"/>
       <c r="BO24" s="13"/>
       <c r="BP24" s="13"/>
       <c r="BQ24" s="13"/>
       <c r="BR24" s="13"/>
       <c r="BS24" s="13"/>
       <c r="BT24" s="13"/>
       <c r="BU24" s="13"/>
       <c r="BV24" s="13"/>
+      <c r="BW24" s="13"/>
     </row>
-    <row r="25" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="14">
         <v>0</v>
       </c>
       <c r="F25" s="14">
         <v>201.304</v>
       </c>
       <c r="G25" s="14">
         <v>28.128303009250793</v>
       </c>
       <c r="H25" s="14">
         <v>88.48112370294082</v>
       </c>
       <c r="I25" s="14">
         <v>220.95475304582658</v>
       </c>
       <c r="J25" s="14">
         <v>225.92735920814323</v>
@@ -4503,57 +4549,60 @@
       <c r="BM25" s="14">
         <v>70.183203805927363</v>
       </c>
       <c r="BN25" s="14">
         <v>266.04372235809541</v>
       </c>
       <c r="BO25" s="14">
         <v>50.422510597572618</v>
       </c>
       <c r="BP25" s="14">
         <v>434.1457287916723</v>
       </c>
       <c r="BQ25" s="14">
         <v>313.45193626664741</v>
       </c>
       <c r="BR25" s="14">
         <v>408.61693705574015</v>
       </c>
       <c r="BS25" s="14">
         <v>525.72428014353363</v>
       </c>
       <c r="BT25" s="14">
         <v>265.96038825442605</v>
       </c>
       <c r="BU25" s="14">
-        <v>374.9382948667415</v>
+        <v>375.16692519576424</v>
       </c>
       <c r="BV25" s="14">
-        <v>316.35851861064793</v>
+        <v>316.39576656615759</v>
+      </c>
+      <c r="BW25" s="14">
+        <v>795.24006856535175</v>
       </c>
     </row>
-    <row r="26" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A26" s="7"/>
       <c r="C26" s="8"/>
       <c r="D26" t="s">
         <v>3</v>
       </c>
       <c r="E26" s="14">
         <v>0</v>
       </c>
       <c r="F26" s="14">
         <v>28.397240747200001</v>
       </c>
       <c r="G26" s="14">
         <v>28.811831411666859</v>
       </c>
       <c r="H26" s="14">
         <v>28.579151578849117</v>
       </c>
       <c r="I26" s="14">
         <v>27.005737180545545</v>
       </c>
       <c r="J26" s="14">
         <v>32.75822847639774</v>
       </c>
       <c r="K26" s="14">
         <v>29.968244944890138</v>
@@ -4720,57 +4769,60 @@
       <c r="BM26" s="14">
         <v>65.852166342276263</v>
       </c>
       <c r="BN26" s="14">
         <v>67.162610921559136</v>
       </c>
       <c r="BO26" s="14">
         <v>68.222049900026846</v>
       </c>
       <c r="BP26" s="14">
         <v>68.18136825980605</v>
       </c>
       <c r="BQ26" s="14">
         <v>88.837071881168583</v>
       </c>
       <c r="BR26" s="14">
         <v>72.128364175611225</v>
       </c>
       <c r="BS26" s="14">
         <v>77.578364197361722</v>
       </c>
       <c r="BT26" s="14">
         <v>79.52148531980599</v>
       </c>
       <c r="BU26" s="14">
-        <v>80.728500129154384</v>
+        <v>80.499869800130995</v>
       </c>
       <c r="BV26" s="14">
-        <v>75.665269680166361</v>
+        <v>75.628021724656733</v>
+      </c>
+      <c r="BW26" s="14">
+        <v>82.794698296751676</v>
       </c>
     </row>
-    <row r="27" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A27" s="7"/>
       <c r="C27" s="8"/>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="14">
         <v>0</v>
       </c>
       <c r="F27" s="14">
         <v>-265.11234005261252</v>
       </c>
       <c r="G27" s="14">
         <v>-148.63136499011125</v>
       </c>
       <c r="H27" s="14">
         <v>-58.953173513025966</v>
       </c>
       <c r="I27" s="14">
         <v>-84.90714763307983</v>
       </c>
       <c r="J27" s="14">
         <v>-200.12553494755417</v>
       </c>
       <c r="K27" s="14">
         <v>-290.43149985525986</v>
@@ -4937,57 +4989,60 @@
       <c r="BM27" s="14">
         <v>-131.48132701876057</v>
       </c>
       <c r="BN27" s="14">
         <v>-315.05840523489064</v>
       </c>
       <c r="BO27" s="14">
         <v>-259.77880652906526</v>
       </c>
       <c r="BP27" s="14">
         <v>-752.74413817259222</v>
       </c>
       <c r="BQ27" s="14">
         <v>-320.40015159045953</v>
       </c>
       <c r="BR27" s="14">
         <v>-696.20833178961789</v>
       </c>
       <c r="BS27" s="14">
         <v>-673.58195575604384</v>
       </c>
       <c r="BT27" s="14">
         <v>-228.63628549818998</v>
       </c>
       <c r="BU27" s="14">
-        <v>-468.38268161937788</v>
+        <v>-468.38268161937782</v>
       </c>
       <c r="BV27" s="14">
         <v>-966.86705411373259</v>
       </c>
+      <c r="BW27" s="14">
+        <v>-290.83289555489131</v>
+      </c>
     </row>
-    <row r="28" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A28" s="7"/>
       <c r="C28" s="8"/>
       <c r="D28" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="14">
         <v>0</v>
       </c>
       <c r="F28" s="14">
         <v>-75.772310360687001</v>
       </c>
       <c r="G28" s="14">
         <v>64.179706135293728</v>
       </c>
       <c r="H28" s="14">
         <v>43.415230312236133</v>
       </c>
       <c r="I28" s="14">
         <v>-46.085595844292712</v>
       </c>
       <c r="J28" s="14">
         <v>-5.8908231669868654</v>
       </c>
       <c r="K28" s="14">
         <v>-7.8730168668041962</v>
@@ -5154,57 +5209,60 @@
       <c r="BM28" s="14">
         <v>95.120051370556979</v>
       </c>
       <c r="BN28" s="14">
         <v>105.69139151523478</v>
       </c>
       <c r="BO28" s="14">
         <v>21.849733531465692</v>
       </c>
       <c r="BP28" s="14">
         <v>117.4295422211141</v>
       </c>
       <c r="BQ28" s="14">
         <v>66.842174833644037</v>
       </c>
       <c r="BR28" s="14">
         <v>92.631308549266521</v>
       </c>
       <c r="BS28" s="14">
         <v>65.815312917148717</v>
       </c>
       <c r="BT28" s="14">
         <v>99.873511766617156</v>
       </c>
       <c r="BU28" s="14">
-        <v>86.58812389682285</v>
+        <v>86.588123896823063</v>
       </c>
       <c r="BV28" s="14">
-        <v>69.371235822918891</v>
+        <v>69.371235822918862</v>
+      </c>
+      <c r="BW28" s="14">
+        <v>44.7263086927871</v>
       </c>
     </row>
-    <row r="29" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E29" s="13"/>
       <c r="F29" s="13"/>
       <c r="G29" s="13"/>
       <c r="H29" s="13"/>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="13"/>
       <c r="M29" s="13"/>
       <c r="N29" s="13"/>
       <c r="O29" s="13"/>
       <c r="P29" s="13"/>
       <c r="Q29" s="13"/>
       <c r="R29" s="13"/>
       <c r="S29" s="13"/>
       <c r="T29" s="13"/>
       <c r="U29" s="13"/>
       <c r="V29" s="13"/>
       <c r="W29" s="13"/>
       <c r="X29" s="13"/>
       <c r="Y29" s="13"/>
       <c r="Z29" s="13"/>
       <c r="AA29" s="13"/>
       <c r="AB29" s="13"/>
       <c r="AC29" s="13"/>
@@ -5231,52 +5289,53 @@
       <c r="AX29" s="13"/>
       <c r="AY29" s="13"/>
       <c r="AZ29" s="13"/>
       <c r="BA29" s="13"/>
       <c r="BB29" s="13"/>
       <c r="BC29" s="13"/>
       <c r="BD29" s="13"/>
       <c r="BE29" s="13"/>
       <c r="BF29" s="13"/>
       <c r="BG29" s="13"/>
       <c r="BH29" s="13"/>
       <c r="BI29" s="13"/>
       <c r="BJ29" s="13"/>
       <c r="BK29" s="13"/>
       <c r="BL29" s="13"/>
       <c r="BM29" s="13"/>
       <c r="BN29" s="13"/>
       <c r="BO29" s="13"/>
       <c r="BP29" s="13"/>
       <c r="BQ29" s="13"/>
       <c r="BR29" s="13"/>
       <c r="BS29" s="13"/>
       <c r="BT29" s="13"/>
       <c r="BU29" s="13"/>
       <c r="BV29" s="13"/>
+      <c r="BW29" s="13"/>
     </row>
-    <row r="30" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A30" s="7"/>
       <c r="B30" t="s">
         <v>19</v>
       </c>
       <c r="D30" t="s">
         <v>2</v>
       </c>
       <c r="E30" s="14">
         <v>0</v>
       </c>
       <c r="F30" s="14">
         <v>0</v>
       </c>
       <c r="G30" s="14">
         <v>80.507325086640805</v>
       </c>
       <c r="H30" s="14">
         <v>0</v>
       </c>
       <c r="I30" s="14">
         <v>208.552183774497</v>
       </c>
       <c r="J30" s="14">
         <v>0.23924822197680201</v>
       </c>
@@ -5450,52 +5509,55 @@
       </c>
       <c r="BO30" s="14">
         <v>0</v>
       </c>
       <c r="BP30" s="14">
         <v>0.267361134795355</v>
       </c>
       <c r="BQ30" s="14">
         <v>128.81080807244899</v>
       </c>
       <c r="BR30" s="14">
         <v>149.39764122076301</v>
       </c>
       <c r="BS30" s="14">
         <v>0</v>
       </c>
       <c r="BT30" s="14">
         <v>0</v>
       </c>
       <c r="BU30" s="14">
         <v>0</v>
       </c>
       <c r="BV30" s="14">
         <v>428.17960426883502</v>
       </c>
+      <c r="BW30" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A31" s="7"/>
       <c r="C31" s="8"/>
       <c r="D31" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="14">
         <v>0</v>
       </c>
       <c r="F31" s="14">
         <v>16.8890189</v>
       </c>
       <c r="G31" s="14">
         <v>16.256629405759501</v>
       </c>
       <c r="H31" s="14">
         <v>17.724284775094699</v>
       </c>
       <c r="I31" s="14">
         <v>17.763608932416101</v>
       </c>
       <c r="J31" s="14">
         <v>19.156136756821201</v>
       </c>
       <c r="K31" s="14">
         <v>18.024071317292499</v>
@@ -5667,52 +5729,55 @@
       </c>
       <c r="BO31" s="14">
         <v>35.321040384049908</v>
       </c>
       <c r="BP31" s="14">
         <v>37.271816973546322</v>
       </c>
       <c r="BQ31" s="14">
         <v>37.272524098926986</v>
       </c>
       <c r="BR31" s="14">
         <v>38.944983039423548</v>
       </c>
       <c r="BS31" s="14">
         <v>38.103382796502721</v>
       </c>
       <c r="BT31" s="14">
         <v>40.537158302251271</v>
       </c>
       <c r="BU31" s="14">
         <v>38.306408687494425</v>
       </c>
       <c r="BV31" s="14">
         <v>38.467342720141076</v>
       </c>
+      <c r="BW31" s="14">
+        <v>36.171284188907485</v>
+      </c>
     </row>
-    <row r="32" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A32" s="7"/>
       <c r="C32" s="8"/>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" s="14">
         <v>0</v>
       </c>
       <c r="F32" s="14">
         <v>-8.95171139925049</v>
       </c>
       <c r="G32" s="14">
         <v>-25.659038514129399</v>
       </c>
       <c r="H32" s="14">
         <v>-8.2383283586437894</v>
       </c>
       <c r="I32" s="14">
         <v>-27.3332056681385</v>
       </c>
       <c r="J32" s="14">
         <v>-7.0485295795429401</v>
       </c>
       <c r="K32" s="14">
         <v>-31.5752220870889</v>
@@ -5884,52 +5949,55 @@
       </c>
       <c r="BO32" s="14">
         <v>-66.519077611061974</v>
       </c>
       <c r="BP32" s="14">
         <v>-49.640803124570503</v>
       </c>
       <c r="BQ32" s="14">
         <v>-73.490128388227205</v>
       </c>
       <c r="BR32" s="14">
         <v>-52.244242342148191</v>
       </c>
       <c r="BS32" s="14">
         <v>-74.331619495347212</v>
       </c>
       <c r="BT32" s="14">
         <v>-60.340986051522286</v>
       </c>
       <c r="BU32" s="14">
         <v>-470.57173640138291</v>
       </c>
       <c r="BV32" s="14">
         <v>-439.24138279001386</v>
       </c>
+      <c r="BW32" s="14">
+        <v>-280.75959283556801</v>
+      </c>
     </row>
-    <row r="33" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A33" s="7"/>
       <c r="C33" s="8"/>
       <c r="D33" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="14">
         <v>0</v>
       </c>
       <c r="F33" s="14">
         <v>27.177633499250401</v>
       </c>
       <c r="G33" s="14">
         <v>46.724063021729101</v>
       </c>
       <c r="H33" s="14">
         <v>31.015859583549101</v>
       </c>
       <c r="I33" s="14">
         <v>-37.024749038774303</v>
       </c>
       <c r="J33" s="14">
         <v>-2.07096939925504</v>
       </c>
       <c r="K33" s="14">
         <v>-7.5398232976931503</v>
@@ -6099,54 +6167,57 @@
       <c r="BN33" s="14">
         <v>58.599839371050116</v>
       </c>
       <c r="BO33" s="14">
         <v>16.318607227012258</v>
       </c>
       <c r="BP33" s="14">
         <v>65.182816016228728</v>
       </c>
       <c r="BQ33" s="14">
         <v>38.651759216851417</v>
       </c>
       <c r="BR33" s="14">
         <v>54.036727081961629</v>
       </c>
       <c r="BS33" s="14">
         <v>37.373480698844688</v>
       </c>
       <c r="BT33" s="14">
         <v>62.810446925595784</v>
       </c>
       <c r="BU33" s="14">
         <v>48.923289537564017</v>
       </c>
       <c r="BV33" s="14">
-        <v>39.567369801038112</v>
+        <v>39.567369801038012</v>
+      </c>
+      <c r="BW33" s="14">
+        <v>23.826809646660479</v>
       </c>
     </row>
-    <row r="34" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E34" s="13"/>
       <c r="F34" s="13"/>
       <c r="G34" s="13"/>
       <c r="H34" s="13"/>
       <c r="I34" s="13"/>
       <c r="J34" s="13"/>
       <c r="K34" s="13"/>
       <c r="L34" s="13"/>
       <c r="M34" s="13"/>
       <c r="N34" s="13"/>
       <c r="O34" s="13"/>
       <c r="P34" s="13"/>
       <c r="Q34" s="13"/>
       <c r="R34" s="13"/>
       <c r="S34" s="13"/>
       <c r="T34" s="13"/>
       <c r="U34" s="13"/>
       <c r="V34" s="13"/>
       <c r="W34" s="13"/>
       <c r="X34" s="13"/>
       <c r="Y34" s="13"/>
       <c r="Z34" s="13"/>
       <c r="AA34" s="13"/>
       <c r="AB34" s="13"/>
       <c r="AC34" s="13"/>
@@ -6173,52 +6244,53 @@
       <c r="AX34" s="13"/>
       <c r="AY34" s="13"/>
       <c r="AZ34" s="13"/>
       <c r="BA34" s="13"/>
       <c r="BB34" s="13"/>
       <c r="BC34" s="13"/>
       <c r="BD34" s="13"/>
       <c r="BE34" s="13"/>
       <c r="BF34" s="13"/>
       <c r="BG34" s="13"/>
       <c r="BH34" s="13"/>
       <c r="BI34" s="13"/>
       <c r="BJ34" s="13"/>
       <c r="BK34" s="13"/>
       <c r="BL34" s="13"/>
       <c r="BM34" s="13"/>
       <c r="BN34" s="13"/>
       <c r="BO34" s="13"/>
       <c r="BP34" s="13"/>
       <c r="BQ34" s="13"/>
       <c r="BR34" s="13"/>
       <c r="BS34" s="13"/>
       <c r="BT34" s="13"/>
       <c r="BU34" s="13"/>
       <c r="BV34" s="13"/>
+      <c r="BW34" s="13"/>
     </row>
-    <row r="35" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A35" s="7"/>
       <c r="B35" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="8"/>
       <c r="D35" t="s">
         <v>2</v>
       </c>
       <c r="E35" s="14">
         <v>0</v>
       </c>
       <c r="F35" s="14">
         <v>621.63086165454399</v>
       </c>
       <c r="G35" s="14">
         <v>512.37907759055986</v>
       </c>
       <c r="H35" s="14">
         <v>381.19142858473742</v>
       </c>
       <c r="I35" s="14">
         <v>585.38251369179272</v>
       </c>
       <c r="J35" s="14">
         <v>983.12788488593912</v>
@@ -6388,57 +6460,60 @@
       <c r="BM35" s="14">
         <v>538.94133907853291</v>
       </c>
       <c r="BN35" s="14">
         <v>940.30072029923394</v>
       </c>
       <c r="BO35" s="14">
         <v>319.68183634106157</v>
       </c>
       <c r="BP35" s="14">
         <v>0.53048814648517151</v>
       </c>
       <c r="BQ35" s="14">
         <v>153.75866058835507</v>
       </c>
       <c r="BR35" s="14">
         <v>488.56365358576699</v>
       </c>
       <c r="BS35" s="14">
         <v>381.91912995877169</v>
       </c>
       <c r="BT35" s="14">
         <v>1590.7465714010104</v>
       </c>
       <c r="BU35" s="14">
-        <v>470.91570419067415</v>
+        <v>470.67888807190025</v>
       </c>
       <c r="BV35" s="14">
-        <v>1683.7535060913999</v>
+        <v>1683.42291003791</v>
+      </c>
+      <c r="BW35" s="14">
+        <v>1278.4332237122978</v>
       </c>
     </row>
-    <row r="36" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A36" s="7"/>
       <c r="C36" s="8"/>
       <c r="D36" t="s">
         <v>3</v>
       </c>
       <c r="E36" s="14">
         <v>0</v>
       </c>
       <c r="F36" s="14">
         <v>77.600887886999999</v>
       </c>
       <c r="G36" s="14">
         <v>89.222629043149084</v>
       </c>
       <c r="H36" s="14">
         <v>88.766326036255009</v>
       </c>
       <c r="I36" s="14">
         <v>95.51440523666902</v>
       </c>
       <c r="J36" s="14">
         <v>102.22958558651517</v>
       </c>
       <c r="K36" s="14">
         <v>106.89250861061012</v>
@@ -6605,57 +6680,60 @@
       <c r="BM36" s="14">
         <v>193.86021986276003</v>
       </c>
       <c r="BN36" s="14">
         <v>200.96893999029388</v>
       </c>
       <c r="BO36" s="14">
         <v>204.63585348233852</v>
       </c>
       <c r="BP36" s="14">
         <v>196.29108723588891</v>
       </c>
       <c r="BQ36" s="14">
         <v>202.02468478357346</v>
       </c>
       <c r="BR36" s="14">
         <v>205.53415145455693</v>
       </c>
       <c r="BS36" s="14">
         <v>209.70265499265753</v>
       </c>
       <c r="BT36" s="14">
         <v>212.84055750233676</v>
       </c>
       <c r="BU36" s="14">
-        <v>233.77258668934155</v>
+        <v>234.00940280811554</v>
       </c>
       <c r="BV36" s="14">
-        <v>234.79264671132489</v>
+        <v>235.12324276481689</v>
+      </c>
+      <c r="BW36" s="14">
+        <v>236.97397876578538</v>
       </c>
     </row>
-    <row r="37" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A37" s="7"/>
       <c r="C37" s="8"/>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" s="14">
         <v>0</v>
       </c>
       <c r="F37" s="14">
         <v>-390.278235</v>
       </c>
       <c r="G37" s="14">
         <v>-131.58401461571268</v>
       </c>
       <c r="H37" s="14">
         <v>-198.44136844990766</v>
       </c>
       <c r="I37" s="14">
         <v>-88.218113344950297</v>
       </c>
       <c r="J37" s="14">
         <v>-327.22799241958683</v>
       </c>
       <c r="K37" s="14">
         <v>-204.32181765828909</v>
@@ -6822,57 +6900,60 @@
       <c r="BM37" s="14">
         <v>-343.94212615152549</v>
       </c>
       <c r="BN37" s="14">
         <v>-702.21925235443371</v>
       </c>
       <c r="BO37" s="14">
         <v>-355.3092440495231</v>
       </c>
       <c r="BP37" s="14">
         <v>-811.60763219488581</v>
       </c>
       <c r="BQ37" s="14">
         <v>-287.45551865938256</v>
       </c>
       <c r="BR37" s="14">
         <v>-769.46498854393553</v>
       </c>
       <c r="BS37" s="14">
         <v>-492.58765953645786</v>
       </c>
       <c r="BT37" s="14">
         <v>-521.47164149934315</v>
       </c>
       <c r="BU37" s="14">
-        <v>-786.9125361648596</v>
+        <v>-786.91253616485949</v>
       </c>
       <c r="BV37" s="14">
         <v>-1259.9411005037489</v>
       </c>
+      <c r="BW37" s="14">
+        <v>-581.50644835524008</v>
+      </c>
     </row>
-    <row r="38" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A38" s="7"/>
       <c r="C38" s="8"/>
       <c r="D38" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="14">
         <v>0</v>
       </c>
       <c r="F38" s="14">
         <v>370.48271445845302</v>
       </c>
       <c r="G38" s="14">
         <v>282.90613598200395</v>
       </c>
       <c r="H38" s="14">
         <v>200.08087482891429</v>
       </c>
       <c r="I38" s="14">
         <v>-215.40469058351141</v>
       </c>
       <c r="J38" s="14">
         <v>-36.478215052868499</v>
       </c>
       <c r="K38" s="14">
         <v>-37.178342595487038</v>
@@ -7044,52 +7125,55 @@
       </c>
       <c r="BO38" s="14">
         <v>133.8849965761224</v>
       </c>
       <c r="BP38" s="14">
         <v>376.4554314625118</v>
       </c>
       <c r="BQ38" s="14">
         <v>246.9041032874533</v>
       </c>
       <c r="BR38" s="14">
         <v>297.97327622361138</v>
       </c>
       <c r="BS38" s="14">
         <v>194.6768398650278</v>
       </c>
       <c r="BT38" s="14">
         <v>392.38263344172509</v>
       </c>
       <c r="BU38" s="14">
         <v>301.7798254933096</v>
       </c>
       <c r="BV38" s="14">
         <v>253.12997773621993</v>
       </c>
+      <c r="BW38" s="14">
+        <v>165.10563971725793</v>
+      </c>
     </row>
-    <row r="39" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E39" s="13"/>
       <c r="F39" s="13"/>
       <c r="G39" s="13"/>
       <c r="H39" s="13"/>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="13"/>
       <c r="L39" s="13"/>
       <c r="M39" s="13"/>
       <c r="N39" s="13"/>
       <c r="O39" s="13"/>
       <c r="P39" s="13"/>
       <c r="Q39" s="13"/>
       <c r="R39" s="13"/>
       <c r="S39" s="13"/>
       <c r="T39" s="13"/>
       <c r="U39" s="13"/>
       <c r="V39" s="13"/>
       <c r="W39" s="13"/>
       <c r="X39" s="13"/>
       <c r="Y39" s="13"/>
       <c r="Z39" s="13"/>
       <c r="AA39" s="13"/>
       <c r="AB39" s="13"/>
       <c r="AC39" s="13"/>
@@ -7116,52 +7200,53 @@
       <c r="AX39" s="13"/>
       <c r="AY39" s="13"/>
       <c r="AZ39" s="13"/>
       <c r="BA39" s="13"/>
       <c r="BB39" s="13"/>
       <c r="BC39" s="13"/>
       <c r="BD39" s="13"/>
       <c r="BE39" s="13"/>
       <c r="BF39" s="13"/>
       <c r="BG39" s="13"/>
       <c r="BH39" s="13"/>
       <c r="BI39" s="13"/>
       <c r="BJ39" s="13"/>
       <c r="BK39" s="13"/>
       <c r="BL39" s="13"/>
       <c r="BM39" s="13"/>
       <c r="BN39" s="13"/>
       <c r="BO39" s="13"/>
       <c r="BP39" s="13"/>
       <c r="BQ39" s="13"/>
       <c r="BR39" s="13"/>
       <c r="BS39" s="13"/>
       <c r="BT39" s="13"/>
       <c r="BU39" s="13"/>
       <c r="BV39" s="13"/>
+      <c r="BW39" s="13"/>
     </row>
-    <row r="40" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A40" s="7"/>
       <c r="B40" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="8"/>
       <c r="D40" t="s">
         <v>2</v>
       </c>
       <c r="E40" s="14">
         <v>0</v>
       </c>
       <c r="F40" s="14">
         <v>361.00292159275699</v>
       </c>
       <c r="G40" s="14">
         <v>349.59449136339663</v>
       </c>
       <c r="H40" s="14">
         <v>383.79987981260092</v>
       </c>
       <c r="I40" s="14">
         <v>62.310209859974862</v>
       </c>
       <c r="J40" s="14">
         <v>227.15319569107817</v>
@@ -7336,52 +7421,55 @@
       </c>
       <c r="BO40" s="14">
         <v>2833.1319796932185</v>
       </c>
       <c r="BP40" s="14">
         <v>4433.8104082298369</v>
       </c>
       <c r="BQ40" s="14">
         <v>3049.6698059838777</v>
       </c>
       <c r="BR40" s="14">
         <v>10640.253990320851</v>
       </c>
       <c r="BS40" s="14">
         <v>8236.549307031084</v>
       </c>
       <c r="BT40" s="14">
         <v>1867.586716746184</v>
       </c>
       <c r="BU40" s="14">
         <v>5019.9187786650609</v>
       </c>
       <c r="BV40" s="14">
         <v>7550.8818992046508</v>
       </c>
+      <c r="BW40" s="14">
+        <v>3279.0169352076227</v>
+      </c>
     </row>
-    <row r="41" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A41" s="7"/>
       <c r="C41" s="8"/>
       <c r="D41" t="s">
         <v>3</v>
       </c>
       <c r="E41" s="14">
         <v>0</v>
       </c>
       <c r="F41" s="14">
         <v>49.780258948787903</v>
       </c>
       <c r="G41" s="14">
         <v>24.279795415387401</v>
       </c>
       <c r="H41" s="14">
         <v>25.892887904953607</v>
       </c>
       <c r="I41" s="14">
         <v>49.080496619199621</v>
       </c>
       <c r="J41" s="14">
         <v>27.394665682005481</v>
       </c>
       <c r="K41" s="14">
         <v>53.642257755940349</v>
@@ -7548,57 +7636,60 @@
       <c r="BM41" s="14">
         <v>436.8385206845274</v>
       </c>
       <c r="BN41" s="14">
         <v>491.05981246415274</v>
       </c>
       <c r="BO41" s="14">
         <v>509.71357505510753</v>
       </c>
       <c r="BP41" s="14">
         <v>560.90710401963599</v>
       </c>
       <c r="BQ41" s="14">
         <v>539.50048827575733</v>
       </c>
       <c r="BR41" s="14">
         <v>621.81046986632862</v>
       </c>
       <c r="BS41" s="14">
         <v>641.24259670762376</v>
       </c>
       <c r="BT41" s="14">
         <v>637.27212401151473</v>
       </c>
       <c r="BU41" s="14">
-        <v>622.01270775720434</v>
+        <v>622.01268155585888</v>
       </c>
       <c r="BV41" s="14">
-        <v>649.42701786011719</v>
+        <v>649.42701702663237</v>
+      </c>
+      <c r="BW41" s="14">
+        <v>664.7911619997609</v>
       </c>
     </row>
-    <row r="42" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A42" s="7"/>
       <c r="C42" s="8"/>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" s="14">
         <v>0</v>
       </c>
       <c r="F42" s="14">
         <v>-90.45711</v>
       </c>
       <c r="G42" s="14">
         <v>-120.0646726532533</v>
       </c>
       <c r="H42" s="14">
         <v>-129.87011181434087</v>
       </c>
       <c r="I42" s="14">
         <v>-145.25042823620061</v>
       </c>
       <c r="J42" s="14">
         <v>-88.710051826393425</v>
       </c>
       <c r="K42" s="14">
         <v>-162.57819413760217</v>
@@ -7765,57 +7856,60 @@
       <c r="BM42" s="14">
         <v>-4602.2668622235151</v>
       </c>
       <c r="BN42" s="14">
         <v>-1419.2219800688185</v>
       </c>
       <c r="BO42" s="14">
         <v>-3765.6711383068227</v>
       </c>
       <c r="BP42" s="14">
         <v>-1926.4768646976552</v>
       </c>
       <c r="BQ42" s="14">
         <v>-1414.1297222856356</v>
       </c>
       <c r="BR42" s="14">
         <v>-8874.593282099444</v>
       </c>
       <c r="BS42" s="14">
         <v>-4663.8012494557843</v>
       </c>
       <c r="BT42" s="14">
         <v>-3866.8772092601516</v>
       </c>
       <c r="BU42" s="14">
-        <v>-3475.4554741526008</v>
+        <v>-3475.4554479512553</v>
       </c>
       <c r="BV42" s="14">
-        <v>-2632.9581317152501</v>
+        <v>-2632.9581308817646</v>
+      </c>
+      <c r="BW42" s="14">
+        <v>-2050.9579358213141</v>
       </c>
     </row>
-    <row r="43" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A43" s="7"/>
       <c r="C43" s="8"/>
       <c r="D43" t="s">
         <v>5</v>
       </c>
       <c r="E43" s="14">
         <v>0</v>
       </c>
       <c r="F43" s="14">
         <v>-83.846392451723702</v>
       </c>
       <c r="G43" s="14">
         <v>173.14279316584168</v>
       </c>
       <c r="H43" s="14">
         <v>112.89219090459213</v>
       </c>
       <c r="I43" s="14">
         <v>-121.98065605495438</v>
       </c>
       <c r="J43" s="14">
         <v>-6.7511567530173897</v>
       </c>
       <c r="K43" s="14">
         <v>-27.109109751606358</v>
@@ -7982,57 +8076,60 @@
       <c r="BM43" s="14">
         <v>428.89679373542157</v>
       </c>
       <c r="BN43" s="14">
         <v>459.63283965995765</v>
       </c>
       <c r="BO43" s="14">
         <v>100.59664173171912</v>
       </c>
       <c r="BP43" s="14">
         <v>565.07313359737645</v>
       </c>
       <c r="BQ43" s="14">
         <v>291.68892960992889</v>
       </c>
       <c r="BR43" s="14">
         <v>461.9405844344451</v>
       </c>
       <c r="BS43" s="14">
         <v>325.49307968694677</v>
       </c>
       <c r="BT43" s="14">
         <v>495.37954256760861</v>
       </c>
       <c r="BU43" s="14">
-        <v>468.81582176959557</v>
+        <v>468.8158217695954</v>
       </c>
       <c r="BV43" s="14">
-        <v>363.44293210913497</v>
+        <v>363.44293210913526</v>
+      </c>
+      <c r="BW43" s="14">
+        <v>222.85894750947841</v>
       </c>
     </row>
-    <row r="44" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:75" x14ac:dyDescent="0.25">
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
       <c r="X44" s="13"/>
       <c r="Y44" s="13"/>
       <c r="Z44" s="13"/>
       <c r="AA44" s="13"/>
       <c r="AB44" s="13"/>
       <c r="AC44" s="13"/>
@@ -8059,52 +8156,53 @@
       <c r="AX44" s="13"/>
       <c r="AY44" s="13"/>
       <c r="AZ44" s="13"/>
       <c r="BA44" s="13"/>
       <c r="BB44" s="13"/>
       <c r="BC44" s="13"/>
       <c r="BD44" s="13"/>
       <c r="BE44" s="13"/>
       <c r="BF44" s="13"/>
       <c r="BG44" s="13"/>
       <c r="BH44" s="13"/>
       <c r="BI44" s="13"/>
       <c r="BJ44" s="13"/>
       <c r="BK44" s="13"/>
       <c r="BL44" s="13"/>
       <c r="BM44" s="13"/>
       <c r="BN44" s="13"/>
       <c r="BO44" s="13"/>
       <c r="BP44" s="13"/>
       <c r="BQ44" s="13"/>
       <c r="BR44" s="13"/>
       <c r="BS44" s="13"/>
       <c r="BT44" s="13"/>
       <c r="BU44" s="13"/>
       <c r="BV44" s="13"/>
+      <c r="BW44" s="13"/>
     </row>
-    <row r="45" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A45" s="7"/>
       <c r="B45" t="s">
         <v>22</v>
       </c>
       <c r="C45" s="8"/>
       <c r="D45" t="s">
         <v>2</v>
       </c>
       <c r="E45" s="14">
         <v>0</v>
       </c>
       <c r="F45" s="14">
         <v>0</v>
       </c>
       <c r="G45" s="14">
         <v>0</v>
       </c>
       <c r="H45" s="14">
         <v>0</v>
       </c>
       <c r="I45" s="14">
         <v>0</v>
       </c>
       <c r="J45" s="14">
         <v>83.840841914003093</v>
@@ -8279,52 +8377,55 @@
       </c>
       <c r="BO45" s="14">
         <v>0</v>
       </c>
       <c r="BP45" s="14">
         <v>0</v>
       </c>
       <c r="BQ45" s="14">
         <v>0</v>
       </c>
       <c r="BR45" s="14">
         <v>0</v>
       </c>
       <c r="BS45" s="14">
         <v>0</v>
       </c>
       <c r="BT45" s="14">
         <v>0</v>
       </c>
       <c r="BU45" s="14">
         <v>0</v>
       </c>
       <c r="BV45" s="14">
         <v>0</v>
       </c>
+      <c r="BW45" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A46" s="7"/>
       <c r="C46" s="8"/>
       <c r="D46" t="s">
         <v>3</v>
       </c>
       <c r="E46" s="14">
         <v>0</v>
       </c>
       <c r="F46" s="14">
         <v>0</v>
       </c>
       <c r="G46" s="14">
         <v>0</v>
       </c>
       <c r="H46" s="14">
         <v>0</v>
       </c>
       <c r="I46" s="14">
         <v>0</v>
       </c>
       <c r="J46" s="14">
         <v>0.62423040459371404</v>
       </c>
       <c r="K46" s="14">
         <v>0.62208534075827904</v>
@@ -8496,52 +8597,55 @@
       </c>
       <c r="BO46" s="14">
         <v>1.8109477812538599</v>
       </c>
       <c r="BP46" s="14">
         <v>1.1101584781061999</v>
       </c>
       <c r="BQ46" s="14">
         <v>1.85557703025146</v>
       </c>
       <c r="BR46" s="14">
         <v>1.2276512946597</v>
       </c>
       <c r="BS46" s="14">
         <v>1.81538956876159</v>
       </c>
       <c r="BT46" s="14">
         <v>1.1613978317570299</v>
       </c>
       <c r="BU46" s="14">
         <v>1.9492436637681501</v>
       </c>
       <c r="BV46" s="14">
         <v>1.1944382651780301</v>
       </c>
+      <c r="BW46" s="14">
+        <v>1.9784992972539699</v>
+      </c>
     </row>
-    <row r="47" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A47" s="7"/>
       <c r="C47" s="8"/>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" s="14">
         <v>0</v>
       </c>
       <c r="F47" s="14">
         <v>0</v>
       </c>
       <c r="G47" s="14">
         <v>0</v>
       </c>
       <c r="H47" s="14">
         <v>0</v>
       </c>
       <c r="I47" s="14">
         <v>0</v>
       </c>
       <c r="J47" s="14">
         <v>0</v>
       </c>
       <c r="K47" s="14">
         <v>-0.41430190109687398</v>
@@ -8713,52 +8817,55 @@
       </c>
       <c r="BO47" s="14">
         <v>-1.81094793298672</v>
       </c>
       <c r="BP47" s="14">
         <v>-1.11015893615495</v>
       </c>
       <c r="BQ47" s="14">
         <v>-1.8555767723961301</v>
       </c>
       <c r="BR47" s="14">
         <v>-1.8940726270941199</v>
       </c>
       <c r="BS47" s="14">
         <v>-1.1476073217143501</v>
       </c>
       <c r="BT47" s="14">
         <v>-1.1613981794499499</v>
       </c>
       <c r="BU47" s="14">
         <v>-1.94924369072873</v>
       </c>
       <c r="BV47" s="14">
         <v>-1.19443747846844</v>
       </c>
+      <c r="BW47" s="14">
+        <v>-1.9784996859893</v>
+      </c>
     </row>
-    <row r="48" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A48" s="7"/>
       <c r="B48" s="7"/>
       <c r="C48" s="7"/>
       <c r="D48" t="s">
         <v>5</v>
       </c>
       <c r="E48" s="14">
         <v>0</v>
       </c>
       <c r="F48" s="14">
         <v>0</v>
       </c>
       <c r="G48" s="14">
         <v>0</v>
       </c>
       <c r="H48" s="14">
         <v>0</v>
       </c>
       <c r="I48" s="14">
         <v>0</v>
       </c>
       <c r="J48" s="14">
         <v>-0.10964131859684</v>
       </c>
       <c r="K48" s="14">
@@ -8926,57 +9033,60 @@
       <c r="BM48" s="14">
         <v>2.3318809314118698</v>
       </c>
       <c r="BN48" s="14">
         <v>2.5803806244876601</v>
       </c>
       <c r="BO48" s="14">
         <v>0.54243215173286596</v>
       </c>
       <c r="BP48" s="14">
         <v>2.9711024580486698</v>
       </c>
       <c r="BQ48" s="14">
         <v>1.5269427421446899</v>
       </c>
       <c r="BR48" s="14">
         <v>2.4003463324344199</v>
       </c>
       <c r="BS48" s="14">
         <v>1.6992907529527701</v>
       </c>
       <c r="BT48" s="14">
         <v>2.54157451004887</v>
       </c>
       <c r="BU48" s="14">
-        <v>2.3967418646046701</v>
+        <v>2.3967418646046599</v>
       </c>
       <c r="BV48" s="14">
         <v>1.8723322132903499</v>
       </c>
+      <c r="BW48" s="14">
+        <v>1.0973143887353101</v>
+      </c>
     </row>
-    <row r="49" spans="1:74" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:75" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="17"/>
       <c r="B49" s="18"/>
       <c r="C49" s="18"/>
       <c r="D49" s="17"/>
       <c r="E49" s="17"/>
       <c r="F49" s="17"/>
       <c r="G49" s="17"/>
       <c r="H49" s="17"/>
       <c r="I49" s="17"/>
       <c r="J49" s="17"/>
       <c r="K49" s="17"/>
       <c r="L49" s="17"/>
       <c r="M49" s="17"/>
       <c r="N49" s="17"/>
       <c r="O49" s="17"/>
       <c r="P49" s="17"/>
       <c r="Q49" s="17"/>
       <c r="R49" s="17"/>
       <c r="S49" s="17"/>
       <c r="T49" s="17"/>
       <c r="U49" s="17"/>
       <c r="V49" s="17"/>
       <c r="W49" s="17"/>
       <c r="X49" s="17"/>
       <c r="Y49" s="17"/>
@@ -9007,52 +9117,53 @@
       <c r="AX49" s="17"/>
       <c r="AY49" s="17"/>
       <c r="AZ49" s="17"/>
       <c r="BA49" s="17"/>
       <c r="BB49" s="17"/>
       <c r="BC49" s="17"/>
       <c r="BD49" s="17"/>
       <c r="BE49" s="17"/>
       <c r="BF49" s="17"/>
       <c r="BG49" s="17"/>
       <c r="BH49" s="17"/>
       <c r="BI49" s="17"/>
       <c r="BJ49" s="17"/>
       <c r="BK49" s="17"/>
       <c r="BL49" s="17"/>
       <c r="BM49" s="17"/>
       <c r="BN49" s="17"/>
       <c r="BO49" s="17"/>
       <c r="BP49" s="17"/>
       <c r="BQ49" s="17"/>
       <c r="BR49" s="17"/>
       <c r="BS49" s="17"/>
       <c r="BT49" s="17"/>
       <c r="BU49" s="17"/>
       <c r="BV49" s="17"/>
+      <c r="BW49" s="17"/>
     </row>
-    <row r="50" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:75" x14ac:dyDescent="0.25">
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="8"/>
       <c r="E50" s="14"/>
       <c r="F50" s="14"/>
       <c r="G50" s="14"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="14"/>
       <c r="L50" s="14"/>
       <c r="M50" s="14"/>
       <c r="N50" s="14"/>
       <c r="O50" s="14"/>
       <c r="P50" s="14"/>
       <c r="Q50" s="14"/>
       <c r="R50" s="14"/>
       <c r="S50" s="14"/>
       <c r="T50" s="14"/>
       <c r="U50" s="14"/>
       <c r="V50" s="14"/>
       <c r="W50" s="14"/>
       <c r="X50" s="14"/>
       <c r="Y50" s="14"/>
       <c r="Z50" s="14"/>
@@ -9082,52 +9193,53 @@
       <c r="AX50" s="14"/>
       <c r="AY50" s="14"/>
       <c r="AZ50" s="14"/>
       <c r="BA50" s="14"/>
       <c r="BB50" s="14"/>
       <c r="BC50" s="14"/>
       <c r="BD50" s="14"/>
       <c r="BE50" s="14"/>
       <c r="BF50" s="14"/>
       <c r="BG50" s="14"/>
       <c r="BH50" s="14"/>
       <c r="BI50" s="14"/>
       <c r="BJ50" s="14"/>
       <c r="BK50" s="14"/>
       <c r="BL50" s="14"/>
       <c r="BM50" s="14"/>
       <c r="BN50" s="14"/>
       <c r="BO50" s="14"/>
       <c r="BP50" s="14"/>
       <c r="BQ50" s="14"/>
       <c r="BR50" s="14"/>
       <c r="BS50" s="14"/>
       <c r="BT50" s="14"/>
       <c r="BU50" s="14"/>
       <c r="BV50" s="14"/>
+      <c r="BW50" s="14"/>
     </row>
-    <row r="51" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>23</v>
       </c>
       <c r="B51" s="8"/>
       <c r="C51" s="7"/>
       <c r="D51" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E51" s="14">
         <v>0</v>
       </c>
       <c r="F51" s="14">
         <v>2378.017357883331</v>
       </c>
       <c r="G51" s="14">
         <v>3537.8425813565896</v>
       </c>
       <c r="H51" s="14">
         <v>1657.9828166139969</v>
       </c>
       <c r="I51" s="14">
         <v>1454.6350690076142</v>
       </c>
       <c r="J51" s="14">
         <v>1945.562514411359</v>
@@ -9297,57 +9409,60 @@
       <c r="BM51" s="14">
         <v>6015.25553332442</v>
       </c>
       <c r="BN51" s="14">
         <v>7009.8487175467744</v>
       </c>
       <c r="BO51" s="14">
         <v>4337.2397296865101</v>
       </c>
       <c r="BP51" s="14">
         <v>6479.1421617996466</v>
       </c>
       <c r="BQ51" s="14">
         <v>5515.9523029172869</v>
       </c>
       <c r="BR51" s="14">
         <v>13061.122960298851</v>
       </c>
       <c r="BS51" s="14">
         <v>10941.776926301838</v>
       </c>
       <c r="BT51" s="14">
         <v>4972.0771555500942</v>
       </c>
       <c r="BU51" s="14">
-        <v>7433.8620022910563</v>
+        <v>7434.1289021487582</v>
       </c>
       <c r="BV51" s="14">
-        <v>11483.614290315927</v>
+        <v>11485.281031550867</v>
+      </c>
+      <c r="BW51" s="14">
+        <v>7338.9808964313243</v>
       </c>
     </row>
-    <row r="52" spans="1:74" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:75" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="7"/>
       <c r="B52" s="8"/>
       <c r="C52" s="7"/>
       <c r="D52" t="s">
         <v>3</v>
       </c>
       <c r="E52" s="14">
         <v>0</v>
       </c>
       <c r="F52" s="14">
         <v>415.5698401520628</v>
       </c>
       <c r="G52" s="14">
         <v>400.01420151112228</v>
       </c>
       <c r="H52" s="14">
         <v>402.68104707768327</v>
       </c>
       <c r="I52" s="14">
         <v>420.35685327569894</v>
       </c>
       <c r="J52" s="14">
         <v>416.72194331602878</v>
       </c>
       <c r="K52" s="14">
@@ -9515,57 +9630,60 @@
       <c r="BM52" s="14">
         <v>1121.9189196130969</v>
       </c>
       <c r="BN52" s="14">
         <v>1173.5949915765518</v>
       </c>
       <c r="BO52" s="14">
         <v>1276.6706214352764</v>
       </c>
       <c r="BP52" s="14">
         <v>1255.8195297565273</v>
       </c>
       <c r="BQ52" s="14">
         <v>1268.0832191547229</v>
       </c>
       <c r="BR52" s="14">
         <v>1350.6840536950667</v>
       </c>
       <c r="BS52" s="14">
         <v>1396.6259441855182</v>
       </c>
       <c r="BT52" s="14">
         <v>1381.0906945160739</v>
       </c>
       <c r="BU52" s="14">
-        <v>1384.8707567881797</v>
+        <v>1384.6038307291308</v>
       </c>
       <c r="BV52" s="14">
-        <v>1417.9919861751989</v>
+        <v>1416.325244106775</v>
+      </c>
+      <c r="BW52" s="14">
+        <v>1478.6132010634678</v>
       </c>
     </row>
-    <row r="53" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A53" s="7"/>
       <c r="B53" s="8"/>
       <c r="C53" s="7"/>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" s="14">
         <v>0</v>
       </c>
       <c r="F53" s="14">
         <v>-1106.74719574245</v>
       </c>
       <c r="G53" s="14">
         <v>-1676.6993417341532</v>
       </c>
       <c r="H53" s="14">
         <v>-981.67189397684433</v>
       </c>
       <c r="I53" s="14">
         <v>-1098.6583525143578</v>
       </c>
       <c r="J53" s="14">
         <v>-1213.9961910541547</v>
       </c>
       <c r="K53" s="14">
@@ -9733,57 +9851,60 @@
       <c r="BM53" s="14">
         <v>-6941.198479851314</v>
       </c>
       <c r="BN53" s="14">
         <v>-4562.8335255941874</v>
       </c>
       <c r="BO53" s="14">
         <v>-6772.2634397333404</v>
       </c>
       <c r="BP53" s="14">
         <v>-5205.0135007285371</v>
       </c>
       <c r="BQ53" s="14">
         <v>-3514.594172167901</v>
       </c>
       <c r="BR53" s="14">
         <v>-12456.969301311305</v>
       </c>
       <c r="BS53" s="14">
         <v>-8846.2215249142191</v>
       </c>
       <c r="BT53" s="14">
         <v>-7340.2174110536516</v>
       </c>
       <c r="BU53" s="14">
-        <v>-6811.6562819285309</v>
+        <v>-6811.6562557271855</v>
       </c>
       <c r="BV53" s="14">
-        <v>-7613.0209499339571</v>
+        <v>-7613.0209491004707</v>
+      </c>
+      <c r="BW53" s="14">
+        <v>-6178.4942134151188</v>
       </c>
     </row>
-    <row r="54" spans="1:74" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:75" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="17"/>
       <c r="B54" s="19"/>
       <c r="C54" s="17"/>
       <c r="D54" s="18" t="s">
         <v>5</v>
       </c>
       <c r="E54" s="20">
         <v>0</v>
       </c>
       <c r="F54" s="20">
         <v>572.2314417157711</v>
       </c>
       <c r="G54" s="20">
         <v>1200.7617727889983</v>
       </c>
       <c r="H54" s="20">
         <v>811.0924690030397</v>
       </c>
       <c r="I54" s="20">
         <v>-871.2039855142217</v>
       </c>
       <c r="J54" s="20">
         <v>-77.203020554242329</v>
       </c>
       <c r="K54" s="20">
@@ -9951,57 +10072,60 @@
       <c r="BM54" s="20">
         <v>1508.186077367928</v>
       </c>
       <c r="BN54" s="20">
         <v>1734.738482497602</v>
       </c>
       <c r="BO54" s="20">
         <v>441.38268246873372</v>
       </c>
       <c r="BP54" s="20">
         <v>1966.1071185148674</v>
       </c>
       <c r="BQ54" s="20">
         <v>1103.0891280218223</v>
       </c>
       <c r="BR54" s="20">
         <v>1607.9890785630748</v>
       </c>
       <c r="BS54" s="20">
         <v>1107.3176335613266</v>
       </c>
       <c r="BT54" s="20">
         <v>1779.824403732385</v>
       </c>
       <c r="BU54" s="20">
-        <v>1587.9814531046434</v>
+        <v>1587.9814531046445</v>
       </c>
       <c r="BV54" s="20">
-        <v>1258.1860424231729</v>
+        <v>1258.1860424231731</v>
+      </c>
+      <c r="BW54" s="20">
+        <v>758.57827802730594</v>
       </c>
     </row>
-    <row r="55" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A55" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8"/>
       <c r="C55" s="7"/>
       <c r="D55" s="8"/>
       <c r="E55" s="21"/>
       <c r="F55" s="21"/>
       <c r="G55" s="21"/>
       <c r="H55" s="21"/>
       <c r="I55" s="21"/>
       <c r="J55" s="21"/>
       <c r="K55" s="21"/>
       <c r="L55" s="21"/>
       <c r="M55" s="21"/>
       <c r="N55" s="21"/>
       <c r="O55" s="21"/>
       <c r="P55" s="21"/>
       <c r="Q55" s="21"/>
       <c r="R55" s="21"/>
       <c r="S55" s="21"/>
       <c r="T55" s="21"/>
       <c r="U55" s="21"/>
       <c r="V55" s="21"/>
       <c r="W55" s="21"/>
@@ -10034,52 +10158,53 @@
       <c r="AX55" s="21"/>
       <c r="AY55" s="21"/>
       <c r="AZ55" s="21"/>
       <c r="BA55" s="21"/>
       <c r="BB55" s="21"/>
       <c r="BC55" s="21"/>
       <c r="BD55" s="21"/>
       <c r="BE55" s="21"/>
       <c r="BF55" s="21"/>
       <c r="BG55" s="21"/>
       <c r="BH55" s="21"/>
       <c r="BI55" s="21"/>
       <c r="BJ55" s="21"/>
       <c r="BK55" s="21"/>
       <c r="BL55" s="21"/>
       <c r="BM55" s="21"/>
       <c r="BN55" s="21"/>
       <c r="BO55" s="21"/>
       <c r="BP55" s="21"/>
       <c r="BQ55" s="21"/>
       <c r="BR55" s="21"/>
       <c r="BS55" s="21"/>
       <c r="BT55" s="21"/>
       <c r="BU55" s="21"/>
       <c r="BV55" s="21"/>
+      <c r="BW55" s="21"/>
     </row>
-    <row r="56" spans="1:74" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:75" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B56" s="7"/>
       <c r="C56" s="7"/>
       <c r="D56" s="7"/>
       <c r="E56" s="21"/>
       <c r="F56" s="21"/>
       <c r="G56" s="21"/>
       <c r="H56" s="21"/>
       <c r="I56" s="21"/>
       <c r="J56" s="21"/>
       <c r="K56" s="21"/>
       <c r="L56" s="21"/>
       <c r="M56" s="21"/>
       <c r="N56" s="21"/>
       <c r="O56" s="21"/>
       <c r="P56" s="21"/>
       <c r="Q56" s="21"/>
       <c r="R56" s="21"/>
       <c r="S56" s="21"/>
       <c r="T56" s="21"/>
       <c r="U56" s="21"/>
       <c r="V56" s="21"/>
       <c r="W56" s="21"/>
@@ -10112,52 +10237,53 @@
       <c r="AX56" s="21"/>
       <c r="AY56" s="21"/>
       <c r="AZ56" s="21"/>
       <c r="BA56" s="21"/>
       <c r="BB56" s="21"/>
       <c r="BC56" s="21"/>
       <c r="BD56" s="21"/>
       <c r="BE56" s="21"/>
       <c r="BF56" s="21"/>
       <c r="BG56" s="21"/>
       <c r="BH56" s="21"/>
       <c r="BI56" s="21"/>
       <c r="BJ56" s="21"/>
       <c r="BK56" s="21"/>
       <c r="BL56" s="21"/>
       <c r="BM56" s="21"/>
       <c r="BN56" s="21"/>
       <c r="BO56" s="21"/>
       <c r="BP56" s="21"/>
       <c r="BQ56" s="21"/>
       <c r="BR56" s="21"/>
       <c r="BS56" s="21"/>
       <c r="BT56" s="21"/>
       <c r="BU56" s="21"/>
       <c r="BV56" s="21"/>
+      <c r="BW56" s="21"/>
     </row>
-    <row r="57" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A57" s="7"/>
       <c r="D57" s="7"/>
       <c r="E57" s="22"/>
       <c r="F57" s="22"/>
       <c r="G57" s="22"/>
       <c r="H57" s="22"/>
       <c r="I57" s="22"/>
       <c r="J57" s="22"/>
       <c r="K57" s="22"/>
       <c r="L57" s="22"/>
       <c r="M57" s="22"/>
       <c r="N57" s="22"/>
       <c r="O57" s="22"/>
       <c r="P57" s="22"/>
       <c r="Q57" s="22"/>
       <c r="R57" s="22"/>
       <c r="S57" s="22"/>
       <c r="T57" s="22"/>
       <c r="U57" s="22"/>
       <c r="V57" s="22"/>
       <c r="W57" s="22"/>
       <c r="X57" s="22"/>
       <c r="Y57" s="22"/>
       <c r="Z57" s="22"/>
       <c r="AA57" s="22"/>
@@ -10186,52 +10312,53 @@
       <c r="AX57" s="22"/>
       <c r="AY57" s="22"/>
       <c r="AZ57" s="22"/>
       <c r="BA57" s="22"/>
       <c r="BB57" s="22"/>
       <c r="BC57" s="22"/>
       <c r="BD57" s="22"/>
       <c r="BE57" s="22"/>
       <c r="BF57" s="22"/>
       <c r="BG57" s="22"/>
       <c r="BH57" s="22"/>
       <c r="BI57" s="22"/>
       <c r="BJ57" s="22"/>
       <c r="BK57" s="22"/>
       <c r="BL57" s="22"/>
       <c r="BM57" s="22"/>
       <c r="BN57" s="22"/>
       <c r="BO57" s="22"/>
       <c r="BP57" s="22"/>
       <c r="BQ57" s="22"/>
       <c r="BR57" s="22"/>
       <c r="BS57" s="22"/>
       <c r="BT57" s="22"/>
       <c r="BU57" s="22"/>
       <c r="BV57" s="22"/>
+      <c r="BW57" s="22"/>
     </row>
-    <row r="58" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A58" s="7"/>
       <c r="B58" t="s">
         <v>17</v>
       </c>
       <c r="D58" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="14">
         <v>0</v>
       </c>
       <c r="F58" s="14">
         <v>0</v>
       </c>
       <c r="G58" s="14">
         <v>0</v>
       </c>
       <c r="H58" s="14">
         <v>0</v>
       </c>
       <c r="I58" s="14">
         <v>0</v>
       </c>
       <c r="J58" s="14">
         <v>0</v>
       </c>
@@ -10400,57 +10527,60 @@
       <c r="BM58" s="14">
         <v>1191.263765315887</v>
       </c>
       <c r="BN58" s="14">
         <v>1114.2337214875083</v>
       </c>
       <c r="BO58" s="14">
         <v>576.49389678593081</v>
       </c>
       <c r="BP58" s="14">
         <v>711.76968154537144</v>
       </c>
       <c r="BQ58" s="14">
         <v>1251.4457841674021</v>
       </c>
       <c r="BR58" s="14">
         <v>1131.1051683084129</v>
       </c>
       <c r="BS58" s="14">
         <v>875.20677804877209</v>
       </c>
       <c r="BT58" s="14">
         <v>1192.0665010721559</v>
       </c>
       <c r="BU58" s="14">
-        <v>1271.0928723550001</v>
+        <v>1273.586710692427</v>
       </c>
       <c r="BV58" s="14">
-        <v>1248.544851944207</v>
+        <v>1248.565599502856</v>
+      </c>
+      <c r="BW58" s="14">
+        <v>929.58894481070502</v>
       </c>
     </row>
-    <row r="59" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A59" s="7"/>
       <c r="D59" t="s">
         <v>3</v>
       </c>
       <c r="E59" s="14">
         <v>0</v>
       </c>
       <c r="F59" s="14">
         <v>6.6562169491768799</v>
       </c>
       <c r="G59" s="14">
         <v>7.5493112023873499</v>
       </c>
       <c r="H59" s="14">
         <v>8.7006558755462198</v>
       </c>
       <c r="I59" s="14">
         <v>7.4718140086749596</v>
       </c>
       <c r="J59" s="14">
         <v>6.8931441882846496</v>
       </c>
       <c r="K59" s="14">
         <v>6.4152914346626098</v>
       </c>
@@ -10616,57 +10746,60 @@
       <c r="BM59" s="14">
         <v>80.621877279445343</v>
       </c>
       <c r="BN59" s="14">
         <v>82.532631158400335</v>
       </c>
       <c r="BO59" s="14">
         <v>86.564788708466239</v>
       </c>
       <c r="BP59" s="14">
         <v>91.649722788373268</v>
       </c>
       <c r="BQ59" s="14">
         <v>100.50714593666514</v>
       </c>
       <c r="BR59" s="14">
         <v>104.60661892612993</v>
       </c>
       <c r="BS59" s="14">
         <v>110.16790112928797</v>
       </c>
       <c r="BT59" s="14">
         <v>120.79815905968636</v>
       </c>
       <c r="BU59" s="14">
-        <v>130.11378410876159</v>
+        <v>130.13933451924677</v>
       </c>
       <c r="BV59" s="14">
-        <v>128.54815902475832</v>
+        <v>128.57496085688504</v>
+      </c>
+      <c r="BW59" s="14">
+        <v>132.40720536313137</v>
       </c>
     </row>
-    <row r="60" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A60" s="7"/>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60" s="14">
         <v>0</v>
       </c>
       <c r="F60" s="14">
         <v>-8.6055164918031704</v>
       </c>
       <c r="G60" s="14">
         <v>-5.50649080559318</v>
       </c>
       <c r="H60" s="14">
         <v>0</v>
       </c>
       <c r="I60" s="14">
         <v>-11.8343505727333</v>
       </c>
       <c r="J60" s="14">
         <v>-3.3745661780292</v>
       </c>
       <c r="K60" s="14">
         <v>-8.0658815750984907</v>
       </c>
@@ -10837,52 +10970,55 @@
       </c>
       <c r="BO60" s="14">
         <v>-692.79032843909636</v>
       </c>
       <c r="BP60" s="14">
         <v>-1341.605904324218</v>
       </c>
       <c r="BQ60" s="14">
         <v>-1065.9624137792368</v>
       </c>
       <c r="BR60" s="14">
         <v>-752.44071998521679</v>
       </c>
       <c r="BS60" s="14">
         <v>-672.61700344058715</v>
       </c>
       <c r="BT60" s="14">
         <v>-1159.0956834910567</v>
       </c>
       <c r="BU60" s="14">
         <v>-1942.8513623776537</v>
       </c>
       <c r="BV60" s="14">
         <v>-1333.9766736164602</v>
       </c>
+      <c r="BW60" s="14">
+        <v>-924.18934427188037</v>
+      </c>
     </row>
-    <row r="61" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A61" s="7"/>
       <c r="D61" t="s">
         <v>5</v>
       </c>
       <c r="E61" s="14">
         <v>0</v>
       </c>
       <c r="F61" s="14">
         <v>0</v>
       </c>
       <c r="G61" s="14">
         <v>37.042546010372803</v>
       </c>
       <c r="H61" s="14">
         <v>87.815826379145847</v>
       </c>
       <c r="I61" s="14">
         <v>-54.117387183383698</v>
       </c>
       <c r="J61" s="14">
         <v>-61.545118878446374</v>
       </c>
       <c r="K61" s="14">
         <v>19.708358215877865</v>
       </c>
@@ -11048,57 +11184,60 @@
       <c r="BM61" s="14">
         <v>-1003.5929688844808</v>
       </c>
       <c r="BN61" s="14">
         <v>141.98962812446916</v>
       </c>
       <c r="BO61" s="14">
         <v>1429.8417122396932</v>
       </c>
       <c r="BP61" s="14">
         <v>92.938812748285272</v>
       </c>
       <c r="BQ61" s="14">
         <v>1052.1600059119755</v>
       </c>
       <c r="BR61" s="14">
         <v>-485.52102729181206</v>
       </c>
       <c r="BS61" s="14">
         <v>-416.95778012871051</v>
       </c>
       <c r="BT61" s="14">
         <v>995.94600955369606</v>
       </c>
       <c r="BU61" s="14">
-        <v>-514.1382161422971</v>
+        <v>-514.26035817738011</v>
       </c>
       <c r="BV61" s="14">
-        <v>251.16143763324908</v>
+        <v>251.13481845943352</v>
+      </c>
+      <c r="BW61" s="14">
+        <v>398.94712961716323</v>
       </c>
     </row>
-    <row r="62" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A62" s="7"/>
       <c r="B62" s="3"/>
       <c r="D62" s="7"/>
       <c r="E62" s="23"/>
       <c r="F62" s="23"/>
       <c r="G62" s="23"/>
       <c r="H62" s="23"/>
       <c r="I62" s="23"/>
       <c r="J62" s="23"/>
       <c r="K62" s="23"/>
       <c r="L62" s="23"/>
       <c r="M62" s="23"/>
       <c r="N62" s="23"/>
       <c r="O62" s="23"/>
       <c r="P62" s="23"/>
       <c r="Q62" s="23"/>
       <c r="R62" s="23"/>
       <c r="S62" s="23"/>
       <c r="T62" s="23"/>
       <c r="U62" s="23"/>
       <c r="V62" s="23"/>
       <c r="W62" s="23"/>
       <c r="X62" s="23"/>
       <c r="Y62" s="23"/>
       <c r="Z62" s="23"/>
@@ -11128,52 +11267,53 @@
       <c r="AX62" s="23"/>
       <c r="AY62" s="23"/>
       <c r="AZ62" s="23"/>
       <c r="BA62" s="23"/>
       <c r="BB62" s="23"/>
       <c r="BC62" s="23"/>
       <c r="BD62" s="23"/>
       <c r="BE62" s="23"/>
       <c r="BF62" s="23"/>
       <c r="BG62" s="23"/>
       <c r="BH62" s="23"/>
       <c r="BI62" s="23"/>
       <c r="BJ62" s="23"/>
       <c r="BK62" s="23"/>
       <c r="BL62" s="23"/>
       <c r="BM62" s="23"/>
       <c r="BN62" s="23"/>
       <c r="BO62" s="23"/>
       <c r="BP62" s="23"/>
       <c r="BQ62" s="23"/>
       <c r="BR62" s="23"/>
       <c r="BS62" s="23"/>
       <c r="BT62" s="23"/>
       <c r="BU62" s="23"/>
       <c r="BV62" s="23"/>
+      <c r="BW62" s="23"/>
     </row>
-    <row r="63" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A63" s="7"/>
       <c r="B63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>2</v>
       </c>
       <c r="E63" s="24">
         <v>0</v>
       </c>
       <c r="F63" s="24">
         <v>0</v>
       </c>
       <c r="G63" s="24">
         <v>20.2116638810853</v>
       </c>
       <c r="H63" s="24">
         <v>0</v>
       </c>
       <c r="I63" s="24">
         <v>0</v>
       </c>
       <c r="J63" s="24">
         <v>0</v>
       </c>
@@ -11345,54 +11485,57 @@
       <c r="BN63" s="24">
         <v>618.31319210986146</v>
       </c>
       <c r="BO63" s="24">
         <v>0</v>
       </c>
       <c r="BP63" s="24">
         <v>0</v>
       </c>
       <c r="BQ63" s="24">
         <v>734.80069348918391</v>
       </c>
       <c r="BR63" s="24">
         <v>0</v>
       </c>
       <c r="BS63" s="24">
         <v>279.417527492727</v>
       </c>
       <c r="BT63" s="24">
         <v>0</v>
       </c>
       <c r="BU63" s="24">
         <v>785.56379500000003</v>
       </c>
       <c r="BV63" s="24">
-        <v>124.28638486125</v>
+        <v>123.346070701599</v>
+      </c>
+      <c r="BW63" s="24">
+        <v>583.90344000000005</v>
       </c>
     </row>
-    <row r="64" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A64" s="7"/>
       <c r="D64" t="s">
         <v>3</v>
       </c>
       <c r="E64" s="24">
         <v>0</v>
       </c>
       <c r="F64" s="24">
         <v>3.4554681763236701</v>
       </c>
       <c r="G64" s="24">
         <v>4.1625154747948994</v>
       </c>
       <c r="H64" s="24">
         <v>4.7090479093292403</v>
       </c>
       <c r="I64" s="24">
         <v>3.9976562402605089</v>
       </c>
       <c r="J64" s="24">
         <v>3.7182461186160429</v>
       </c>
       <c r="K64" s="24">
         <v>4.6274831703903772</v>
       </c>
@@ -11558,57 +11701,60 @@
       <c r="BM64" s="24">
         <v>52.249560976456998</v>
       </c>
       <c r="BN64" s="24">
         <v>49.207499745607862</v>
       </c>
       <c r="BO64" s="24">
         <v>56.438478234056632</v>
       </c>
       <c r="BP64" s="24">
         <v>59.104222216608143</v>
       </c>
       <c r="BQ64" s="24">
         <v>71.847951869671419</v>
       </c>
       <c r="BR64" s="24">
         <v>64.921514417531156</v>
       </c>
       <c r="BS64" s="24">
         <v>68.836543783371411</v>
       </c>
       <c r="BT64" s="24">
         <v>65.604951411140974</v>
       </c>
       <c r="BU64" s="24">
-        <v>69.024303819666912</v>
+        <v>69.024303819666898</v>
       </c>
       <c r="BV64" s="24">
-        <v>78.765827982634804</v>
+        <v>78.864134666872715</v>
+      </c>
+      <c r="BW64" s="24">
+        <v>79.210457209703392</v>
       </c>
     </row>
-    <row r="65" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A65" s="7"/>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65" s="24">
         <v>0</v>
       </c>
       <c r="F65" s="24">
         <v>-0.80910027487500003</v>
       </c>
       <c r="G65" s="24">
         <v>-6.6686108096742505</v>
       </c>
       <c r="H65" s="24">
         <v>-17.7016177988225</v>
       </c>
       <c r="I65" s="24">
         <v>-7.2651392033801896</v>
       </c>
       <c r="J65" s="24">
         <v>-0.57380624633684196</v>
       </c>
       <c r="K65" s="24">
         <v>-6.6627503092870697</v>
       </c>
@@ -11779,52 +11925,55 @@
       </c>
       <c r="BO65" s="24">
         <v>-66.6193194882906</v>
       </c>
       <c r="BP65" s="24">
         <v>-52.425895185571896</v>
       </c>
       <c r="BQ65" s="24">
         <v>-982.83578664577203</v>
       </c>
       <c r="BR65" s="24">
         <v>-192.10164483936146</v>
       </c>
       <c r="BS65" s="24">
         <v>-52.631421163384317</v>
       </c>
       <c r="BT65" s="24">
         <v>-302.00085094085597</v>
       </c>
       <c r="BU65" s="24">
         <v>-53.313758416216317</v>
       </c>
       <c r="BV65" s="24">
         <v>-154.90473598819511</v>
       </c>
+      <c r="BW65" s="24">
+        <v>-58.152465252828293</v>
+      </c>
     </row>
-    <row r="66" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A66" s="7"/>
       <c r="D66" t="s">
         <v>5</v>
       </c>
       <c r="E66" s="14">
         <v>0</v>
       </c>
       <c r="F66" s="14">
         <v>0</v>
       </c>
       <c r="G66" s="14">
         <v>14.026102823660437</v>
       </c>
       <c r="H66" s="14">
         <v>34.359858790963074</v>
       </c>
       <c r="I66" s="14">
         <v>-20.968008039491338</v>
       </c>
       <c r="J66" s="14">
         <v>-22.450175169303179</v>
       </c>
       <c r="K66" s="14">
         <v>8.0146170685067091</v>
       </c>
@@ -11993,54 +12142,57 @@
       <c r="BN66" s="14">
         <v>67.691943659227491</v>
       </c>
       <c r="BO66" s="14">
         <v>523.2434435026139</v>
       </c>
       <c r="BP66" s="14">
         <v>-95.3653154863905</v>
       </c>
       <c r="BQ66" s="14">
         <v>482.45516673403654</v>
       </c>
       <c r="BR66" s="14">
         <v>-171.86003863049064</v>
       </c>
       <c r="BS66" s="14">
         <v>-283.10069012794338</v>
       </c>
       <c r="BT66" s="14">
         <v>464.96577561602498</v>
       </c>
       <c r="BU66" s="14">
         <v>-236.96129050984291</v>
       </c>
       <c r="BV66" s="14">
-        <v>-46.733249908072139</v>
+        <v>-45.902428849478383</v>
+      </c>
+      <c r="BW66" s="14">
+        <v>151.88785349044247</v>
       </c>
     </row>
-    <row r="67" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A67" s="7"/>
       <c r="B67" t="s">
         <v>19</v>
       </c>
       <c r="D67" s="8"/>
       <c r="E67" s="22"/>
       <c r="F67" s="22"/>
       <c r="G67" s="22"/>
       <c r="H67" s="22"/>
       <c r="I67" s="22"/>
       <c r="J67" s="22"/>
       <c r="K67" s="22"/>
       <c r="L67" s="22"/>
       <c r="M67" s="22"/>
       <c r="N67" s="22"/>
       <c r="O67" s="22"/>
       <c r="P67" s="22"/>
       <c r="Q67" s="22"/>
       <c r="R67" s="22"/>
       <c r="S67" s="22"/>
       <c r="T67" s="22"/>
       <c r="U67" s="22"/>
       <c r="V67" s="22"/>
       <c r="W67" s="22"/>
       <c r="X67" s="22"/>
@@ -12072,52 +12224,53 @@
       <c r="AX67" s="22"/>
       <c r="AY67" s="22"/>
       <c r="AZ67" s="22"/>
       <c r="BA67" s="22"/>
       <c r="BB67" s="22"/>
       <c r="BC67" s="22"/>
       <c r="BD67" s="22"/>
       <c r="BE67" s="22"/>
       <c r="BF67" s="22"/>
       <c r="BG67" s="22"/>
       <c r="BH67" s="22"/>
       <c r="BI67" s="22"/>
       <c r="BJ67" s="22"/>
       <c r="BK67" s="22"/>
       <c r="BL67" s="22"/>
       <c r="BM67" s="22"/>
       <c r="BN67" s="22"/>
       <c r="BO67" s="22"/>
       <c r="BP67" s="22"/>
       <c r="BQ67" s="22"/>
       <c r="BR67" s="22"/>
       <c r="BS67" s="22"/>
       <c r="BT67" s="22"/>
       <c r="BU67" s="22"/>
       <c r="BV67" s="22"/>
+      <c r="BW67" s="22"/>
     </row>
-    <row r="68" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A68" s="7"/>
       <c r="C68" s="8"/>
       <c r="D68" t="s">
         <v>2</v>
       </c>
       <c r="E68" s="14">
         <v>0</v>
       </c>
       <c r="F68" s="14">
         <v>0</v>
       </c>
       <c r="G68" s="14">
         <v>0</v>
       </c>
       <c r="H68" s="14">
         <v>0</v>
       </c>
       <c r="I68" s="14">
         <v>373.80457142857102</v>
       </c>
       <c r="J68" s="14">
         <v>0</v>
       </c>
       <c r="K68" s="14">
         <v>162.12613636363599</v>
@@ -12289,52 +12442,55 @@
       </c>
       <c r="BO68" s="14">
         <v>1768.8073684210499</v>
       </c>
       <c r="BP68" s="14">
         <v>0</v>
       </c>
       <c r="BQ68" s="14">
         <v>1815.97363636364</v>
       </c>
       <c r="BR68" s="14">
         <v>0</v>
       </c>
       <c r="BS68" s="14">
         <v>562.53654545454503</v>
       </c>
       <c r="BT68" s="14">
         <v>166.75219155844201</v>
       </c>
       <c r="BU68" s="14">
         <v>1501.1454545454501</v>
       </c>
       <c r="BV68" s="14">
         <v>0</v>
       </c>
+      <c r="BW68" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="69" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A69" s="7"/>
       <c r="C69" s="8"/>
       <c r="D69" t="s">
         <v>3</v>
       </c>
       <c r="E69" s="14">
         <v>0</v>
       </c>
       <c r="F69" s="14">
         <v>21.9611146469652</v>
       </c>
       <c r="G69" s="14">
         <v>24.125342880956399</v>
       </c>
       <c r="H69" s="14">
         <v>29.889198756382601</v>
       </c>
       <c r="I69" s="14">
         <v>35.206464984037297</v>
       </c>
       <c r="J69" s="14">
         <v>31.867902638432</v>
       </c>
       <c r="K69" s="14">
         <v>31.158468201693299</v>
@@ -12506,52 +12662,55 @@
       </c>
       <c r="BO69" s="14">
         <v>215.935110828549</v>
       </c>
       <c r="BP69" s="14">
         <v>243.505610043394</v>
       </c>
       <c r="BQ69" s="14">
         <v>284.61177729819298</v>
       </c>
       <c r="BR69" s="14">
         <v>282.21414654102102</v>
       </c>
       <c r="BS69" s="14">
         <v>283.80882028703297</v>
       </c>
       <c r="BT69" s="14">
         <v>290.25924790588334</v>
       </c>
       <c r="BU69" s="14">
         <v>314.11254047347256</v>
       </c>
       <c r="BV69" s="14">
         <v>308.85212857690885</v>
       </c>
+      <c r="BW69" s="14">
+        <v>312.93862984791389</v>
+      </c>
     </row>
-    <row r="70" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A70" s="7"/>
       <c r="C70" s="8"/>
       <c r="D70" t="s">
         <v>4</v>
       </c>
       <c r="E70" s="14">
         <v>0</v>
       </c>
       <c r="F70" s="14">
         <v>-34.578951039772697</v>
       </c>
       <c r="G70" s="14">
         <v>-9.5596278125000005</v>
       </c>
       <c r="H70" s="14">
         <v>-47.971596987073902</v>
       </c>
       <c r="I70" s="14">
         <v>-10.5523253622159</v>
       </c>
       <c r="J70" s="14">
         <v>-214.326699244813</v>
       </c>
       <c r="K70" s="14">
         <v>-21.316817712391799</v>
@@ -12718,57 +12877,60 @@
       <c r="BM70" s="14">
         <v>-244.64047914887601</v>
       </c>
       <c r="BN70" s="14">
         <v>-596.46115038587698</v>
       </c>
       <c r="BO70" s="14">
         <v>-487.23646715059698</v>
       </c>
       <c r="BP70" s="14">
         <v>-133.50737283338401</v>
       </c>
       <c r="BQ70" s="14">
         <v>-507.341478982593</v>
       </c>
       <c r="BR70" s="14">
         <v>-136.49154108652601</v>
       </c>
       <c r="BS70" s="14">
         <v>-1616.8152691391799</v>
       </c>
       <c r="BT70" s="14">
         <v>-161.51830094154701</v>
       </c>
       <c r="BU70" s="14">
-        <v>-427.38126634458803</v>
+        <v>-427.14702597983802</v>
       </c>
       <c r="BV70" s="14">
         <v>-138.82172654137401</v>
       </c>
+      <c r="BW70" s="14">
+        <v>-794.04159286168704</v>
+      </c>
     </row>
-    <row r="71" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A71" s="7"/>
       <c r="C71" s="8"/>
       <c r="D71" t="s">
         <v>5</v>
       </c>
       <c r="E71" s="14">
         <v>0</v>
       </c>
       <c r="F71" s="14">
         <v>0</v>
       </c>
       <c r="G71" s="14">
         <v>105.25892706710351</v>
       </c>
       <c r="H71" s="14">
         <v>248.51734271898113</v>
       </c>
       <c r="I71" s="14">
         <v>-176.98491317952244</v>
       </c>
       <c r="J71" s="14">
         <v>-192.0982622643387</v>
       </c>
       <c r="K71" s="14">
         <v>61.75001035792252</v>
@@ -12935,57 +13097,60 @@
       <c r="BM71" s="14">
         <v>-1597.4919801310934</v>
       </c>
       <c r="BN71" s="14">
         <v>313.8869877575562</v>
       </c>
       <c r="BO71" s="14">
         <v>2472.3446724247988</v>
       </c>
       <c r="BP71" s="14">
         <v>-542.29313084881142</v>
       </c>
       <c r="BQ71" s="14">
         <v>2615.632774348258</v>
       </c>
       <c r="BR71" s="14">
         <v>-853.49207745159583</v>
       </c>
       <c r="BS71" s="14">
         <v>-1457.7867391422951</v>
       </c>
       <c r="BT71" s="14">
         <v>2543.5999637315435</v>
       </c>
       <c r="BU71" s="14">
-        <v>-1315.5801644797903</v>
+        <v>-1315.5827404333395</v>
       </c>
       <c r="BV71" s="14">
-        <v>-276.26566080915654</v>
+        <v>-276.26819758465717</v>
+      </c>
+      <c r="BW71" s="14">
+        <v>722.96214131239685</v>
       </c>
     </row>
-    <row r="72" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A72" s="7"/>
       <c r="B72" t="s">
         <v>20</v>
       </c>
       <c r="D72" s="8"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="22"/>
       <c r="I72" s="22"/>
       <c r="J72" s="22"/>
       <c r="K72" s="22"/>
       <c r="L72" s="22"/>
       <c r="M72" s="22"/>
       <c r="N72" s="22"/>
       <c r="O72" s="22"/>
       <c r="P72" s="22"/>
       <c r="Q72" s="22"/>
       <c r="R72" s="22"/>
       <c r="S72" s="22"/>
       <c r="T72" s="22"/>
       <c r="U72" s="22"/>
       <c r="V72" s="22"/>
       <c r="W72" s="22"/>
       <c r="X72" s="22"/>
@@ -13017,52 +13182,53 @@
       <c r="AX72" s="22"/>
       <c r="AY72" s="22"/>
       <c r="AZ72" s="22"/>
       <c r="BA72" s="22"/>
       <c r="BB72" s="22"/>
       <c r="BC72" s="22"/>
       <c r="BD72" s="22"/>
       <c r="BE72" s="22"/>
       <c r="BF72" s="22"/>
       <c r="BG72" s="22"/>
       <c r="BH72" s="22"/>
       <c r="BI72" s="22"/>
       <c r="BJ72" s="22"/>
       <c r="BK72" s="22"/>
       <c r="BL72" s="22"/>
       <c r="BM72" s="22"/>
       <c r="BN72" s="22"/>
       <c r="BO72" s="22"/>
       <c r="BP72" s="22"/>
       <c r="BQ72" s="22"/>
       <c r="BR72" s="22"/>
       <c r="BS72" s="22"/>
       <c r="BT72" s="22"/>
       <c r="BU72" s="22"/>
       <c r="BV72" s="22"/>
+      <c r="BW72" s="22"/>
     </row>
-    <row r="73" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A73" s="7"/>
       <c r="C73" s="8"/>
       <c r="D73" t="s">
         <v>2</v>
       </c>
       <c r="E73" s="14">
         <v>0</v>
       </c>
       <c r="F73" s="14">
         <v>69.234152845332503</v>
       </c>
       <c r="G73" s="14">
         <v>542.53710000000001</v>
       </c>
       <c r="H73" s="14">
         <v>0</v>
       </c>
       <c r="I73" s="14">
         <v>374.17339193904797</v>
       </c>
       <c r="J73" s="14">
         <v>0</v>
       </c>
       <c r="K73" s="14">
         <v>270.21022727272702</v>
@@ -13234,52 +13400,55 @@
       </c>
       <c r="BO73" s="14">
         <v>311.70516500023899</v>
       </c>
       <c r="BP73" s="14">
         <v>664.96071428571395</v>
       </c>
       <c r="BQ73" s="14">
         <v>483.96625</v>
       </c>
       <c r="BR73" s="14">
         <v>1667.9693595341389</v>
       </c>
       <c r="BS73" s="14">
         <v>1154.2955049673124</v>
       </c>
       <c r="BT73" s="14">
         <v>1307.3371818181799</v>
       </c>
       <c r="BU73" s="14">
         <v>1937.8547288815712</v>
       </c>
       <c r="BV73" s="14">
         <v>470.50625000000002</v>
       </c>
+      <c r="BW73" s="14">
+        <v>1337.4604999999999</v>
+      </c>
     </row>
-    <row r="74" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A74" s="7"/>
       <c r="C74" s="8"/>
       <c r="D74" t="s">
         <v>3</v>
       </c>
       <c r="E74" s="14">
         <v>0</v>
       </c>
       <c r="F74" s="14">
         <v>33.686549608476703</v>
       </c>
       <c r="G74" s="14">
         <v>44.895170339268297</v>
       </c>
       <c r="H74" s="14">
         <v>59.904686406178101</v>
       </c>
       <c r="I74" s="14">
         <v>60.154739248442297</v>
       </c>
       <c r="J74" s="14">
         <v>52.501979451448399</v>
       </c>
       <c r="K74" s="14">
         <v>52.8860737228894</v>
@@ -13446,57 +13615,60 @@
       <c r="BM74" s="14">
         <v>299.95847105989719</v>
       </c>
       <c r="BN74" s="14">
         <v>297.49718441550891</v>
       </c>
       <c r="BO74" s="14">
         <v>316.08281806361856</v>
       </c>
       <c r="BP74" s="14">
         <v>333.4289196528141</v>
       </c>
       <c r="BQ74" s="14">
         <v>357.56944271522275</v>
       </c>
       <c r="BR74" s="14">
         <v>365.29554908903179</v>
       </c>
       <c r="BS74" s="14">
         <v>354.09039491936244</v>
       </c>
       <c r="BT74" s="14">
         <v>383.27825627273802</v>
       </c>
       <c r="BU74" s="14">
-        <v>376.93511976163552</v>
+        <v>376.71058252330943</v>
       </c>
       <c r="BV74" s="14">
-        <v>384.44224580118509</v>
+        <v>384.20346542235222</v>
+      </c>
+      <c r="BW74" s="14">
+        <v>390.25221124482459</v>
       </c>
     </row>
-    <row r="75" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A75" s="7"/>
       <c r="C75" s="8"/>
       <c r="D75" t="s">
         <v>4</v>
       </c>
       <c r="E75" s="14">
         <v>0</v>
       </c>
       <c r="F75" s="14">
         <v>-29.729293991927399</v>
       </c>
       <c r="G75" s="14">
         <v>-46.036292230696901</v>
       </c>
       <c r="H75" s="14">
         <v>-168.22776404211601</v>
       </c>
       <c r="I75" s="14">
         <v>-161.99624657017</v>
       </c>
       <c r="J75" s="14">
         <v>-282.14493006102799</v>
       </c>
       <c r="K75" s="14">
         <v>-191.86106336281199</v>
@@ -13663,57 +13835,60 @@
       <c r="BM75" s="14">
         <v>-621.56369903980669</v>
       </c>
       <c r="BN75" s="14">
         <v>-798.61918830724619</v>
       </c>
       <c r="BO75" s="14">
         <v>-1088.9138856404024</v>
       </c>
       <c r="BP75" s="14">
         <v>-491.6709390182196</v>
       </c>
       <c r="BQ75" s="14">
         <v>-695.75921624652972</v>
       </c>
       <c r="BR75" s="14">
         <v>-1989.2884190511261</v>
       </c>
       <c r="BS75" s="14">
         <v>-1160.8446773155895</v>
       </c>
       <c r="BT75" s="14">
         <v>-1311.6536513093383</v>
       </c>
       <c r="BU75" s="14">
-        <v>-1885.206183366854</v>
+        <v>-1902.5039552851661</v>
       </c>
       <c r="BV75" s="14">
         <v>-568.27287815254226</v>
       </c>
+      <c r="BW75" s="14">
+        <v>-1691.5249340512091</v>
+      </c>
     </row>
-    <row r="76" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A76" s="7"/>
       <c r="C76" s="8"/>
       <c r="D76" t="s">
         <v>5</v>
       </c>
       <c r="E76" s="14">
         <v>0</v>
       </c>
       <c r="F76" s="14">
         <v>0</v>
       </c>
       <c r="G76" s="14">
         <v>162.72156854199852</v>
       </c>
       <c r="H76" s="14">
         <v>376.88730579092771</v>
       </c>
       <c r="I76" s="14">
         <v>-242.61511550265004</v>
       </c>
       <c r="J76" s="14">
         <v>-250.01626337882044</v>
       </c>
       <c r="K76" s="14">
         <v>87.828229382125755</v>
@@ -13880,57 +14055,60 @@
       <c r="BM76" s="14">
         <v>-2150.7226980297055</v>
       </c>
       <c r="BN76" s="14">
         <v>437.0120438931699</v>
       </c>
       <c r="BO76" s="14">
         <v>3125.5428944397354</v>
       </c>
       <c r="BP76" s="14">
         <v>-620.04918774176986</v>
       </c>
       <c r="BQ76" s="14">
         <v>2994.5050387375886</v>
       </c>
       <c r="BR76" s="14">
         <v>-999.93184709904745</v>
       </c>
       <c r="BS76" s="14">
         <v>-1687.9265812247795</v>
       </c>
       <c r="BT76" s="14">
         <v>2986.2454425806609</v>
       </c>
       <c r="BU76" s="14">
-        <v>-1383.4779839458424</v>
+        <v>-1382.5293353291127</v>
       </c>
       <c r="BV76" s="14">
-        <v>-255.48130229098388</v>
+        <v>-255.29705057903266</v>
+      </c>
+      <c r="BW76" s="14">
+        <v>841.20596532474519</v>
       </c>
     </row>
-    <row r="77" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A77" s="7"/>
       <c r="B77" t="s">
         <v>21</v>
       </c>
       <c r="D77" s="7"/>
       <c r="E77" s="22"/>
       <c r="F77" s="22"/>
       <c r="G77" s="22"/>
       <c r="H77" s="22"/>
       <c r="I77" s="22"/>
       <c r="J77" s="22"/>
       <c r="K77" s="22"/>
       <c r="L77" s="22"/>
       <c r="M77" s="22"/>
       <c r="N77" s="22"/>
       <c r="O77" s="22"/>
       <c r="P77" s="22"/>
       <c r="Q77" s="22"/>
       <c r="R77" s="22"/>
       <c r="S77" s="22"/>
       <c r="T77" s="22"/>
       <c r="U77" s="22"/>
       <c r="V77" s="22"/>
       <c r="W77" s="22"/>
       <c r="X77" s="22"/>
@@ -13962,52 +14140,53 @@
       <c r="AX77" s="22"/>
       <c r="AY77" s="22"/>
       <c r="AZ77" s="22"/>
       <c r="BA77" s="22"/>
       <c r="BB77" s="22"/>
       <c r="BC77" s="22"/>
       <c r="BD77" s="22"/>
       <c r="BE77" s="22"/>
       <c r="BF77" s="22"/>
       <c r="BG77" s="22"/>
       <c r="BH77" s="22"/>
       <c r="BI77" s="22"/>
       <c r="BJ77" s="22"/>
       <c r="BK77" s="22"/>
       <c r="BL77" s="22"/>
       <c r="BM77" s="22"/>
       <c r="BN77" s="22"/>
       <c r="BO77" s="22"/>
       <c r="BP77" s="22"/>
       <c r="BQ77" s="22"/>
       <c r="BR77" s="22"/>
       <c r="BS77" s="22"/>
       <c r="BT77" s="22"/>
       <c r="BU77" s="22"/>
       <c r="BV77" s="22"/>
+      <c r="BW77" s="22"/>
     </row>
-    <row r="78" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A78" s="7"/>
       <c r="D78" t="s">
         <v>2</v>
       </c>
       <c r="E78" s="14">
         <v>0</v>
       </c>
       <c r="F78" s="14">
         <v>0</v>
       </c>
       <c r="G78" s="14">
         <v>0</v>
       </c>
       <c r="H78" s="14">
         <v>0</v>
       </c>
       <c r="I78" s="14">
         <v>0</v>
       </c>
       <c r="J78" s="14">
         <v>0</v>
       </c>
       <c r="K78" s="14">
         <v>0</v>
       </c>
@@ -14178,52 +14357,55 @@
       </c>
       <c r="BO78" s="14">
         <v>3592.5477276465899</v>
       </c>
       <c r="BP78" s="14">
         <v>0</v>
       </c>
       <c r="BQ78" s="14">
         <v>1543.5775909090901</v>
       </c>
       <c r="BR78" s="14">
         <v>0</v>
       </c>
       <c r="BS78" s="14">
         <v>1624.1852041418999</v>
       </c>
       <c r="BT78" s="14">
         <v>0</v>
       </c>
       <c r="BU78" s="14">
         <v>3339.1911529639001</v>
       </c>
       <c r="BV78" s="14">
         <v>0</v>
       </c>
+      <c r="BW78" s="14">
+        <v>1580.1926105985899</v>
+      </c>
     </row>
-    <row r="79" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A79" s="7"/>
       <c r="D79" t="s">
         <v>3</v>
       </c>
       <c r="E79" s="14">
         <v>0</v>
       </c>
       <c r="F79" s="14">
         <v>14.433659357732401</v>
       </c>
       <c r="G79" s="14">
         <v>15.856070451339299</v>
       </c>
       <c r="H79" s="14">
         <v>19.6442903859983</v>
       </c>
       <c r="I79" s="14">
         <v>18.6485778468302</v>
       </c>
       <c r="J79" s="14">
         <v>14.592479268849001</v>
       </c>
       <c r="K79" s="14">
         <v>12.6126641191362</v>
       </c>
@@ -14394,52 +14576,55 @@
       </c>
       <c r="BO79" s="14">
         <v>251.33790973528713</v>
       </c>
       <c r="BP79" s="14">
         <v>260.72245468374894</v>
       </c>
       <c r="BQ79" s="14">
         <v>295.86385520378639</v>
       </c>
       <c r="BR79" s="14">
         <v>291.65178761210558</v>
       </c>
       <c r="BS79" s="14">
         <v>306.62108365825338</v>
       </c>
       <c r="BT79" s="14">
         <v>316.69738754605612</v>
       </c>
       <c r="BU79" s="14">
         <v>347.9670913269884</v>
       </c>
       <c r="BV79" s="14">
         <v>343.22732213292818</v>
       </c>
+      <c r="BW79" s="14">
+        <v>365.1713745191293</v>
+      </c>
     </row>
-    <row r="80" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A80" s="7"/>
       <c r="D80" t="s">
         <v>4</v>
       </c>
       <c r="E80" s="14">
         <v>0</v>
       </c>
       <c r="F80" s="14">
         <v>-6.7663044445000002</v>
       </c>
       <c r="G80" s="14">
         <v>-23.218540079596899</v>
       </c>
       <c r="H80" s="14">
         <v>-9.3726041690000006</v>
       </c>
       <c r="I80" s="14">
         <v>-28.801545273010699</v>
       </c>
       <c r="J80" s="14">
         <v>-266.00012692067401</v>
       </c>
       <c r="K80" s="14">
         <v>-24.9835535107031</v>
       </c>
@@ -14608,54 +14793,57 @@
       <c r="BN80" s="14">
         <v>-103.6242058452238</v>
       </c>
       <c r="BO80" s="14">
         <v>-1456.1288274229901</v>
       </c>
       <c r="BP80" s="14">
         <v>-112.22806789302319</v>
       </c>
       <c r="BQ80" s="14">
         <v>-450.28766996287942</v>
       </c>
       <c r="BR80" s="14">
         <v>-113.8911055161513</v>
       </c>
       <c r="BS80" s="14">
         <v>-482.97352908811911</v>
       </c>
       <c r="BT80" s="14">
         <v>-90.700723756671209</v>
       </c>
       <c r="BU80" s="14">
         <v>-2473.5382449889603</v>
       </c>
       <c r="BV80" s="14">
-        <v>-113.7236518110315</v>
+        <v>-113.72365181103152</v>
+      </c>
+      <c r="BW80" s="14">
+        <v>-658.00838976792807</v>
       </c>
     </row>
-    <row r="81" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A81" s="7"/>
       <c r="D81" t="s">
         <v>5</v>
       </c>
       <c r="E81" s="14">
         <v>0</v>
       </c>
       <c r="F81" s="14">
         <v>0</v>
       </c>
       <c r="G81" s="14">
         <v>63.179906358767539</v>
       </c>
       <c r="H81" s="14">
         <v>150.96974753456198</v>
       </c>
       <c r="I81" s="14">
         <v>-92.516793579419527</v>
       </c>
       <c r="J81" s="14">
         <v>-81.143555571454044</v>
       </c>
       <c r="K81" s="14">
         <v>26.031360148160957</v>
       </c>
@@ -14824,54 +15012,57 @@
       <c r="BN81" s="14">
         <v>500.26228609525788</v>
       </c>
       <c r="BO81" s="14">
         <v>4000.6549658255499</v>
       </c>
       <c r="BP81" s="14">
         <v>-347.67324585434835</v>
       </c>
       <c r="BQ81" s="14">
         <v>3963.4061871232843</v>
       </c>
       <c r="BR81" s="14">
         <v>-1511.9869385433194</v>
       </c>
       <c r="BS81" s="14">
         <v>-1899.3873110566201</v>
       </c>
       <c r="BT81" s="14">
         <v>3366.0924351516951</v>
       </c>
       <c r="BU81" s="14">
         <v>-1573.9961839935204</v>
       </c>
       <c r="BV81" s="14">
-        <v>698.66915531274572</v>
+        <v>698.66915531273116</v>
+      </c>
+      <c r="BW81" s="14">
+        <v>1286.123016837555</v>
       </c>
     </row>
-    <row r="82" spans="1:74" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:75" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="17"/>
       <c r="B82" s="18"/>
       <c r="C82" s="18"/>
       <c r="D82" s="17"/>
       <c r="E82" s="20"/>
       <c r="F82" s="20"/>
       <c r="G82" s="20"/>
       <c r="H82" s="20"/>
       <c r="I82" s="20"/>
       <c r="J82" s="20"/>
       <c r="K82" s="20"/>
       <c r="L82" s="20"/>
       <c r="M82" s="20"/>
       <c r="N82" s="20"/>
       <c r="O82" s="20"/>
       <c r="P82" s="20"/>
       <c r="Q82" s="20"/>
       <c r="R82" s="20"/>
       <c r="S82" s="20"/>
       <c r="T82" s="20"/>
       <c r="U82" s="20"/>
       <c r="V82" s="20"/>
       <c r="W82" s="20"/>
       <c r="X82" s="20"/>
       <c r="Y82" s="20"/>
@@ -14902,52 +15093,53 @@
       <c r="AX82" s="20"/>
       <c r="AY82" s="20"/>
       <c r="AZ82" s="20"/>
       <c r="BA82" s="20"/>
       <c r="BB82" s="20"/>
       <c r="BC82" s="20"/>
       <c r="BD82" s="20"/>
       <c r="BE82" s="20"/>
       <c r="BF82" s="20"/>
       <c r="BG82" s="20"/>
       <c r="BH82" s="20"/>
       <c r="BI82" s="20"/>
       <c r="BJ82" s="20"/>
       <c r="BK82" s="20"/>
       <c r="BL82" s="20"/>
       <c r="BM82" s="20"/>
       <c r="BN82" s="20"/>
       <c r="BO82" s="20"/>
       <c r="BP82" s="20"/>
       <c r="BQ82" s="20"/>
       <c r="BR82" s="20"/>
       <c r="BS82" s="20"/>
       <c r="BT82" s="20"/>
       <c r="BU82" s="20"/>
       <c r="BV82" s="20"/>
+      <c r="BW82" s="20"/>
     </row>
-    <row r="83" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:75" x14ac:dyDescent="0.25">
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="8"/>
       <c r="E83" s="14"/>
       <c r="F83" s="14"/>
       <c r="G83" s="14"/>
       <c r="H83" s="14"/>
       <c r="I83" s="14"/>
       <c r="J83" s="14"/>
       <c r="K83" s="14"/>
       <c r="L83" s="14"/>
       <c r="M83" s="14"/>
       <c r="N83" s="14"/>
       <c r="O83" s="14"/>
       <c r="P83" s="14"/>
       <c r="Q83" s="14"/>
       <c r="R83" s="14"/>
       <c r="S83" s="14"/>
       <c r="T83" s="14"/>
       <c r="U83" s="14"/>
       <c r="V83" s="14"/>
       <c r="W83" s="14"/>
       <c r="X83" s="14"/>
       <c r="Y83" s="14"/>
       <c r="Z83" s="14"/>
@@ -14977,52 +15169,53 @@
       <c r="AX83" s="14"/>
       <c r="AY83" s="14"/>
       <c r="AZ83" s="14"/>
       <c r="BA83" s="14"/>
       <c r="BB83" s="14"/>
       <c r="BC83" s="14"/>
       <c r="BD83" s="14"/>
       <c r="BE83" s="14"/>
       <c r="BF83" s="14"/>
       <c r="BG83" s="14"/>
       <c r="BH83" s="14"/>
       <c r="BI83" s="14"/>
       <c r="BJ83" s="14"/>
       <c r="BK83" s="14"/>
       <c r="BL83" s="14"/>
       <c r="BM83" s="14"/>
       <c r="BN83" s="14"/>
       <c r="BO83" s="14"/>
       <c r="BP83" s="14"/>
       <c r="BQ83" s="14"/>
       <c r="BR83" s="14"/>
       <c r="BS83" s="14"/>
       <c r="BT83" s="14"/>
       <c r="BU83" s="14"/>
       <c r="BV83" s="14"/>
+      <c r="BW83" s="14"/>
     </row>
-    <row r="84" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>26</v>
       </c>
       <c r="B84" s="8"/>
       <c r="C84" s="7"/>
       <c r="D84" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E84" s="14">
         <v>0</v>
       </c>
       <c r="F84" s="14">
         <v>69.234152845332503</v>
       </c>
       <c r="G84" s="14">
         <v>562.74876388108532</v>
       </c>
       <c r="H84" s="14">
         <v>0</v>
       </c>
       <c r="I84" s="14">
         <v>747.97796336761894</v>
       </c>
       <c r="J84" s="14">
         <v>0</v>
@@ -15192,57 +15385,60 @@
       <c r="BM84" s="14">
         <v>1909.695515315887</v>
       </c>
       <c r="BN84" s="14">
         <v>2495.55526274165</v>
       </c>
       <c r="BO84" s="14">
         <v>6249.5541578538096</v>
       </c>
       <c r="BP84" s="14">
         <v>1376.7303958310854</v>
       </c>
       <c r="BQ84" s="14">
         <v>5829.7639549293162</v>
       </c>
       <c r="BR84" s="14">
         <v>2799.074527842552</v>
       </c>
       <c r="BS84" s="14">
         <v>4495.6415601052568</v>
       </c>
       <c r="BT84" s="14">
         <v>2666.1558744487779</v>
       </c>
       <c r="BU84" s="14">
-        <v>8834.8480037459212</v>
+        <v>8837.3418420833477</v>
       </c>
       <c r="BV84" s="14">
-        <v>1843.337486805457</v>
+        <v>1842.4179202044552</v>
+      </c>
+      <c r="BW84" s="14">
+        <v>4431.1454954092951</v>
       </c>
     </row>
-    <row r="85" spans="1:74" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:75" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="7"/>
       <c r="B85" s="8"/>
       <c r="C85" s="7"/>
       <c r="D85" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E85" s="14">
         <v>0</v>
       </c>
       <c r="F85" s="14">
         <v>80.193008738674848</v>
       </c>
       <c r="G85" s="14">
         <v>96.588410348746237</v>
       </c>
       <c r="H85" s="14">
         <v>122.84787933343446</v>
       </c>
       <c r="I85" s="14">
         <v>125.47925232824525</v>
       </c>
       <c r="J85" s="14">
         <v>109.5737516656301</v>
       </c>
       <c r="K85" s="14">
@@ -15410,57 +15606,60 @@
       <c r="BM85" s="14">
         <v>827.70035787238339</v>
       </c>
       <c r="BN85" s="14">
         <v>824.95345686864607</v>
       </c>
       <c r="BO85" s="14">
         <v>926.35910556997749</v>
       </c>
       <c r="BP85" s="14">
         <v>988.41092938493853</v>
       </c>
       <c r="BQ85" s="14">
         <v>1110.4001730235386</v>
       </c>
       <c r="BR85" s="14">
         <v>1108.6896165858195</v>
       </c>
       <c r="BS85" s="14">
         <v>1123.5247437773082</v>
       </c>
       <c r="BT85" s="14">
         <v>1176.6380021955047</v>
       </c>
       <c r="BU85" s="14">
-        <v>1238.1528394905249</v>
+        <v>1237.9538526626841</v>
       </c>
       <c r="BV85" s="14">
-        <v>1243.8356835184152</v>
+        <v>1243.722011655947</v>
+      </c>
+      <c r="BW85" s="14">
+        <v>1279.9798781847026</v>
       </c>
     </row>
-    <row r="86" spans="1:74" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:75" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="8"/>
       <c r="C86" s="7"/>
       <c r="D86" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E86" s="14">
         <v>0</v>
       </c>
       <c r="F86" s="14">
         <v>-80.489166242878255</v>
       </c>
       <c r="G86" s="14">
         <v>-90.989561738061241</v>
       </c>
       <c r="H86" s="14">
         <v>-243.2735829970124</v>
       </c>
       <c r="I86" s="14">
         <v>-220.4496069815101</v>
       </c>
       <c r="J86" s="14">
         <v>-766.420128650881</v>
@@ -15630,57 +15829,60 @@
       <c r="BM86" s="14">
         <v>-2191.3210944568273</v>
       </c>
       <c r="BN86" s="14">
         <v>-2888.5966622456949</v>
       </c>
       <c r="BO86" s="14">
         <v>-3791.6888281413767</v>
       </c>
       <c r="BP86" s="14">
         <v>-2131.4381792544168</v>
       </c>
       <c r="BQ86" s="14">
         <v>-3702.1865656170112</v>
       </c>
       <c r="BR86" s="14">
         <v>-3184.2134304783817</v>
       </c>
       <c r="BS86" s="14">
         <v>-3985.8819001468601</v>
       </c>
       <c r="BT86" s="14">
         <v>-3024.9692104394694</v>
       </c>
       <c r="BU86" s="14">
-        <v>-6782.2908154942725</v>
+        <v>-6799.3543470478344</v>
       </c>
       <c r="BV86" s="14">
         <v>-2309.6996661096032</v>
       </c>
+      <c r="BW86" s="14">
+        <v>-4125.9167262055325</v>
+      </c>
     </row>
-    <row r="87" spans="1:74" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:75" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="17"/>
       <c r="B87" s="19"/>
       <c r="C87" s="17"/>
       <c r="D87" s="20" t="s">
         <v>5</v>
       </c>
       <c r="E87" s="20">
         <v>0</v>
       </c>
       <c r="F87" s="20">
         <v>0</v>
       </c>
       <c r="G87" s="20">
         <v>382.22905080190282</v>
       </c>
       <c r="H87" s="20">
         <v>898.55008121457968</v>
       </c>
       <c r="I87" s="20">
         <v>-587.20221748446704</v>
       </c>
       <c r="J87" s="20">
         <v>-607.25337526236274</v>
       </c>
       <c r="K87" s="20">
@@ -15848,68 +16050,71 @@
       <c r="BM87" s="20">
         <v>-8146.8623175688199</v>
       </c>
       <c r="BN87" s="20">
         <v>1460.8428895296806</v>
       </c>
       <c r="BO87" s="20">
         <v>11551.627688432391</v>
       </c>
       <c r="BP87" s="20">
         <v>-1512.4420671830349</v>
       </c>
       <c r="BQ87" s="20">
         <v>11108.159172855143</v>
       </c>
       <c r="BR87" s="20">
         <v>-4022.7919290162654</v>
       </c>
       <c r="BS87" s="20">
         <v>-5745.1591016803486</v>
       </c>
       <c r="BT87" s="20">
         <v>10356.849626633621</v>
       </c>
       <c r="BU87" s="20">
-        <v>-5024.1538390712931</v>
+        <v>-5023.3299084431956</v>
       </c>
       <c r="BV87" s="20">
-        <v>371.35037993778224</v>
+        <v>372.33629675899647</v>
+      </c>
+      <c r="BW87" s="20">
+        <v>3401.1261065823028</v>
       </c>
     </row>
-    <row r="88" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A88" s="7"/>
       <c r="B88" s="8"/>
       <c r="C88" s="7"/>
       <c r="D88" s="8"/>
     </row>
-    <row r="89" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="90" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>28</v>
       </c>
       <c r="B90" s="25"/>
       <c r="C90" s="25"/>
       <c r="D90" s="25"/>
       <c r="E90" s="25"/>
       <c r="F90" s="25"/>
       <c r="G90" s="25"/>
       <c r="H90" s="25"/>
       <c r="I90" s="25"/>
       <c r="J90" s="25"/>
       <c r="K90" s="25"/>
       <c r="L90" s="25"/>
       <c r="M90" s="25"/>
       <c r="N90" s="25"/>
       <c r="O90" s="25"/>
       <c r="P90" s="25"/>
       <c r="Q90" s="25"/>
       <c r="R90" s="25"/>
       <c r="S90" s="25"/>
       <c r="T90" s="25"/>
       <c r="U90" s="25"/>
       <c r="V90" s="25"/>
       <c r="W90" s="25"/>
@@ -15923,107 +16128,107 @@
       <c r="AE90" s="25"/>
       <c r="AF90" s="25"/>
       <c r="AG90" s="25"/>
       <c r="AH90" s="25"/>
       <c r="AI90" s="25"/>
       <c r="AJ90" s="25"/>
       <c r="AK90" s="25"/>
       <c r="AL90" s="25"/>
       <c r="AM90" s="25"/>
       <c r="AN90" s="25"/>
       <c r="AO90" s="25"/>
       <c r="AP90" s="25"/>
       <c r="AQ90" s="25"/>
       <c r="AR90" s="25"/>
       <c r="AS90" s="25"/>
       <c r="AT90" s="25"/>
       <c r="AU90" s="25"/>
       <c r="AV90" s="25"/>
       <c r="AW90" s="25"/>
       <c r="AX90" s="25"/>
       <c r="AY90" s="25"/>
       <c r="AZ90" s="25"/>
       <c r="BA90" s="25"/>
       <c r="BB90" s="25"/>
     </row>
-    <row r="91" spans="1:74" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
-    <mergeCell ref="AW4:AZ4"/>
-[...1 lines deleted...]
-    <mergeCell ref="BU4:BV4"/>
+    <mergeCell ref="Y4:AB4"/>
+    <mergeCell ref="AC4:AF4"/>
+    <mergeCell ref="AG4:AJ4"/>
+    <mergeCell ref="AK4:AN4"/>
+    <mergeCell ref="AO4:AR4"/>
     <mergeCell ref="E4:H4"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="M4:P4"/>
     <mergeCell ref="Q4:T4"/>
     <mergeCell ref="U4:X4"/>
+    <mergeCell ref="BM4:BP4"/>
+    <mergeCell ref="AS4:AV4"/>
+    <mergeCell ref="BU4:BW4"/>
+    <mergeCell ref="AW4:AZ4"/>
+    <mergeCell ref="BA4:BD4"/>
     <mergeCell ref="BE4:BH4"/>
     <mergeCell ref="BI4:BL4"/>
     <mergeCell ref="BQ4:BT4"/>
-    <mergeCell ref="Y4:AB4"/>
-[...5 lines deleted...]
-    <mergeCell ref="AS4:AV4"/>
   </mergeCells>
   <conditionalFormatting sqref="E4:BK5">
-    <cfRule type="notContainsBlanks" dxfId="6" priority="21" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="6" priority="22" stopIfTrue="1">
       <formula>LEN(TRIM(E4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BM5:BO5">
-    <cfRule type="notContainsBlanks" dxfId="5" priority="17" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="5" priority="18" stopIfTrue="1">
       <formula>LEN(TRIM(BM5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BM4:BP4">
-    <cfRule type="notContainsBlanks" dxfId="4" priority="14" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="4" priority="15" stopIfTrue="1">
       <formula>LEN(TRIM(BM4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BQ4:BQ5">
-    <cfRule type="notContainsBlanks" dxfId="3" priority="10" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="3" priority="11" stopIfTrue="1">
       <formula>LEN(TRIM(BQ4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BR5:BS5">
-    <cfRule type="notContainsBlanks" dxfId="2" priority="7" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="2" priority="8" stopIfTrue="1">
       <formula>LEN(TRIM(BR5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BU4:BU5">
-    <cfRule type="notContainsBlanks" dxfId="1" priority="2" stopIfTrue="1">
+    <cfRule type="notContainsBlanks" dxfId="1" priority="3" stopIfTrue="1">
       <formula>LEN(TRIM(BU4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="BV5">
+  <conditionalFormatting sqref="BV5:BW5">
     <cfRule type="notContainsBlanks" dxfId="0" priority="1" stopIfTrue="1">
       <formula>LEN(TRIM(BV5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f509eeb-56d7-4078-8c25-542621925144}" enabled="1" method="Standard" siteId="{d1bf4087-52c2-42b9-913e-a262f9f83199}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>