--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -2,53 +2,53 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF534BD2-832A-4A56-A8F4-EBF793F08E40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99694472-D882-419D-972B-70201AFD40FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{22EF9050-317D-48EF-B814-7B9843D70C1B}"/>
+    <workbookView xWindow="345" yWindow="4020" windowWidth="21600" windowHeight="11805" xr2:uid="{22EF9050-317D-48EF-B814-7B9843D70C1B}"/>
   </bookViews>
   <sheets>
     <sheet name="EMV_2" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -117,51 +117,51 @@
   <c r="N5" i="1" s="1"/>
   <c r="J5" i="1" s="1"/>
   <c r="F5" i="1" s="1"/>
   <c r="P5" i="1"/>
   <c r="L5" i="1" s="1"/>
   <c r="H5" i="1" s="1"/>
   <c r="D5" i="1" s="1"/>
   <c r="O5" i="1"/>
   <c r="K5" i="1" s="1"/>
   <c r="G5" i="1" s="1"/>
   <c r="K4" i="1"/>
   <c r="O4" i="1" s="1"/>
   <c r="S4" i="1" s="1"/>
   <c r="W4" i="1" s="1"/>
   <c r="AA4" i="1" s="1"/>
   <c r="AE4" i="1" s="1"/>
   <c r="AI4" i="1" s="1"/>
   <c r="AM4" i="1" s="1"/>
   <c r="AQ4" i="1" s="1"/>
   <c r="AU4" i="1" s="1"/>
   <c r="G4" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="17">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
     <t>III</t>
   </si>
   <si>
     <t>Total Mercado Local</t>
   </si>
   <si>
     <t>Total Mercado Externo</t>
   </si>
   <si>
     <t>Stock de títulos de deuda</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>IV</t>
   </si>
   <si>
@@ -648,83 +648,84 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{484850F6-BE2E-4B40-A448-48BEA80C8E6B}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:BT27"/>
+  <dimension ref="A1:BU27"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="3" ySplit="3" topLeftCell="AL4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="3" topLeftCell="AW4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" customWidth="1"/>
     <col min="3" max="3" width="41" customWidth="1"/>
     <col min="4" max="72" width="7.28515625" customWidth="1"/>
+    <col min="73" max="73" width="7.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:72" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:73" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="17" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="2" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
     </row>
-    <row r="4" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="22">
         <v>2008</v>
       </c>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22">
         <f>+D4+1</f>
         <v>2009</v>
       </c>
       <c r="H4" s="22"/>
       <c r="I4" s="22"/>
       <c r="J4" s="22"/>
       <c r="K4" s="22">
         <f>+G4+1</f>
         <v>2010</v>
       </c>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22">
         <f>+K4+1</f>
         <v>2011</v>
@@ -800,52 +801,53 @@
       <c r="BD4" s="22"/>
       <c r="BE4" s="22"/>
       <c r="BF4" s="22"/>
       <c r="BG4" s="18">
         <v>2022</v>
       </c>
       <c r="BH4" s="18"/>
       <c r="BI4" s="18"/>
       <c r="BJ4" s="18"/>
       <c r="BK4" s="18">
         <v>2023</v>
       </c>
       <c r="BL4" s="18"/>
       <c r="BM4" s="18"/>
       <c r="BN4" s="18"/>
       <c r="BO4" s="18">
         <v>2024</v>
       </c>
       <c r="BP4" s="18"/>
       <c r="BQ4" s="18"/>
       <c r="BR4" s="18"/>
       <c r="BS4" s="18">
         <v>2025</v>
       </c>
       <c r="BT4" s="18"/>
+      <c r="BU4" s="18"/>
     </row>
-    <row r="5" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="7" t="str">
         <f t="shared" ref="D5:U5" si="0">+H5</f>
         <v>II</v>
       </c>
       <c r="E5" s="7" t="str">
         <f t="shared" si="0"/>
         <v>III</v>
       </c>
       <c r="F5" s="7" t="str">
         <f t="shared" si="0"/>
         <v>IV</v>
       </c>
       <c r="G5" s="7" t="str">
         <f t="shared" si="0"/>
         <v>I</v>
       </c>
       <c r="H5" s="7" t="str">
         <f t="shared" si="0"/>
         <v>II</v>
       </c>
       <c r="I5" s="7" t="str">
         <f t="shared" si="0"/>
@@ -1057,65 +1059,68 @@
       </c>
       <c r="BM5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="BN5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="BO5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="BP5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="BQ5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="BR5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="BS5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="BT5" s="7" t="s">
         <v>1</v>
       </c>
+      <c r="BU5" s="7" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="6" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:73" x14ac:dyDescent="0.25">
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
     </row>
-    <row r="7" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
     </row>
-    <row r="8" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A8" s="4"/>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="9"/>
       <c r="D8" s="8">
         <v>0</v>
       </c>
       <c r="E8" s="8">
         <v>0</v>
       </c>
       <c r="F8" s="8">
         <v>0</v>
       </c>
       <c r="G8" s="8">
         <v>0</v>
       </c>
       <c r="H8" s="8">
         <v>0</v>
       </c>
       <c r="I8" s="8">
         <v>0</v>
       </c>
       <c r="J8" s="8">
         <v>0</v>
@@ -1284,52 +1289,55 @@
       </c>
       <c r="BM8" s="8">
         <v>0</v>
       </c>
       <c r="BN8" s="8">
         <v>36.864520662480004</v>
       </c>
       <c r="BO8" s="8">
         <v>94.644190467040005</v>
       </c>
       <c r="BP8" s="8">
         <v>132.99927462703999</v>
       </c>
       <c r="BQ8" s="8">
         <v>134.74637058112</v>
       </c>
       <c r="BR8" s="8">
         <v>135.43208600805002</v>
       </c>
       <c r="BS8" s="8">
         <v>199.55070417765</v>
       </c>
       <c r="BT8" s="8">
         <v>239.53615580552997</v>
       </c>
+      <c r="BU8" s="8">
+        <v>283.55391543785004</v>
+      </c>
     </row>
-    <row r="9" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A9" s="5"/>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="8">
         <v>0</v>
       </c>
       <c r="E9" s="8">
         <v>0</v>
       </c>
       <c r="F9" s="8">
         <v>0</v>
       </c>
       <c r="G9" s="8">
         <v>0</v>
       </c>
       <c r="H9" s="8">
         <v>0</v>
       </c>
       <c r="I9" s="8">
         <v>0</v>
       </c>
       <c r="J9" s="8">
         <v>0</v>
       </c>
@@ -1497,52 +1505,55 @@
       </c>
       <c r="BM9" s="8">
         <v>635.12560699999995</v>
       </c>
       <c r="BN9" s="8">
         <v>905.58916099999988</v>
       </c>
       <c r="BO9" s="8">
         <v>907.13051481499997</v>
       </c>
       <c r="BP9" s="8">
         <v>1055.754113277</v>
       </c>
       <c r="BQ9" s="8">
         <v>1127.3701470000001</v>
       </c>
       <c r="BR9" s="8">
         <v>1206.0428967739763</v>
       </c>
       <c r="BS9" s="8">
         <v>1332.9029660000001</v>
       </c>
       <c r="BT9" s="8">
         <v>1410.1116249999998</v>
       </c>
+      <c r="BU9" s="8">
+        <v>1817.903292</v>
+      </c>
     </row>
-    <row r="10" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A10" s="4"/>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="9"/>
       <c r="D10" s="8">
         <v>0</v>
       </c>
       <c r="E10" s="8">
         <v>0</v>
       </c>
       <c r="F10" s="8">
         <v>0</v>
       </c>
       <c r="G10" s="8">
         <v>0</v>
       </c>
       <c r="H10" s="8">
         <v>0</v>
       </c>
       <c r="I10" s="8">
         <v>0</v>
       </c>
       <c r="J10" s="8">
         <v>0</v>
@@ -1706,57 +1717,60 @@
       <c r="BK10" s="8">
         <v>241.1478350000003</v>
       </c>
       <c r="BL10" s="8">
         <v>680.16992899999968</v>
       </c>
       <c r="BM10" s="8">
         <v>769.64807799999994</v>
       </c>
       <c r="BN10" s="8">
         <v>773.30391800000018</v>
       </c>
       <c r="BO10" s="8">
         <v>775.49800200000027</v>
       </c>
       <c r="BP10" s="8">
         <v>776.3574329999999</v>
       </c>
       <c r="BQ10" s="8">
         <v>722.09484900000064</v>
       </c>
       <c r="BR10" s="8">
         <v>1308.5138514081914</v>
       </c>
       <c r="BS10" s="8">
-        <v>1480.8306419999994</v>
+        <v>1480.8306419999997</v>
       </c>
       <c r="BT10" s="8">
-        <v>1486.2449459999998</v>
+        <v>1486.244946</v>
+      </c>
+      <c r="BU10" s="8">
+        <v>1775.2050820000002</v>
       </c>
     </row>
-    <row r="11" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A11" s="4"/>
       <c r="B11" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="10"/>
       <c r="D11" s="8">
         <v>0</v>
       </c>
       <c r="E11" s="8">
         <v>0</v>
       </c>
       <c r="F11" s="8">
         <v>0</v>
       </c>
       <c r="G11" s="8">
         <v>0</v>
       </c>
       <c r="H11" s="8">
         <v>0</v>
       </c>
       <c r="I11" s="8">
         <v>0</v>
       </c>
       <c r="J11" s="8">
         <v>0</v>
@@ -1925,52 +1939,55 @@
       </c>
       <c r="BM11" s="8">
         <v>9782.3246693624969</v>
       </c>
       <c r="BN11" s="8">
         <v>12446.144588480827</v>
       </c>
       <c r="BO11" s="8">
         <v>12611.432933656051</v>
       </c>
       <c r="BP11" s="8">
         <v>13784.925478758803</v>
       </c>
       <c r="BQ11" s="8">
         <v>15142.783618927415</v>
       </c>
       <c r="BR11" s="8">
         <v>15635.027910232549</v>
       </c>
       <c r="BS11" s="8">
         <v>15853.082310298047</v>
       </c>
       <c r="BT11" s="8">
         <v>16347.327446281006</v>
       </c>
+      <c r="BU11" s="8">
+        <v>16574.750662764854</v>
+      </c>
     </row>
-    <row r="13" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="12"/>
       <c r="C13" s="12"/>
       <c r="D13" s="13">
         <v>0</v>
       </c>
       <c r="E13" s="13">
         <v>0</v>
       </c>
       <c r="F13" s="13">
         <v>0</v>
       </c>
       <c r="G13" s="13">
         <v>0</v>
       </c>
       <c r="H13" s="13">
         <v>0</v>
       </c>
       <c r="I13" s="13">
         <v>0</v>
       </c>
       <c r="J13" s="13">
         <v>0</v>
@@ -2139,52 +2156,55 @@
       </c>
       <c r="BM13" s="13">
         <v>11187.098354362497</v>
       </c>
       <c r="BN13" s="13">
         <v>14161.902188143307</v>
       </c>
       <c r="BO13" s="13">
         <v>14388.705640938091</v>
       </c>
       <c r="BP13" s="13">
         <v>15750.036299662843</v>
       </c>
       <c r="BQ13" s="13">
         <v>17126.994985508536</v>
       </c>
       <c r="BR13" s="13">
         <v>18285.016744422766</v>
       </c>
       <c r="BS13" s="13">
         <v>18866.366622475696</v>
       </c>
       <c r="BT13" s="13">
         <v>19483.220173086534</v>
       </c>
+      <c r="BU13" s="13">
+        <v>20451.412952202707</v>
+      </c>
     </row>
-    <row r="15" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
       <c r="V15" s="15"/>
       <c r="W15" s="15"/>
       <c r="X15" s="15"/>
       <c r="Y15" s="15"/>
@@ -2213,52 +2233,53 @@
       <c r="AV15" s="15"/>
       <c r="AW15" s="15"/>
       <c r="AX15" s="15"/>
       <c r="AY15" s="15"/>
       <c r="AZ15" s="15"/>
       <c r="BA15" s="15"/>
       <c r="BB15" s="15"/>
       <c r="BC15" s="15"/>
       <c r="BD15" s="15"/>
       <c r="BE15" s="15"/>
       <c r="BF15" s="15"/>
       <c r="BG15" s="15"/>
       <c r="BH15" s="15"/>
       <c r="BI15" s="15"/>
       <c r="BJ15" s="15"/>
       <c r="BK15" s="15"/>
       <c r="BL15" s="15"/>
       <c r="BM15" s="15"/>
       <c r="BN15" s="15"/>
       <c r="BO15" s="15"/>
       <c r="BP15" s="15"/>
       <c r="BQ15" s="15"/>
       <c r="BR15" s="15"/>
       <c r="BS15" s="15"/>
       <c r="BT15" s="15"/>
+      <c r="BU15" s="15"/>
     </row>
-    <row r="16" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="9"/>
       <c r="D16" s="8">
         <v>0</v>
       </c>
       <c r="E16" s="8">
         <v>0</v>
       </c>
       <c r="F16" s="8">
         <v>0</v>
       </c>
       <c r="G16" s="8">
         <v>0</v>
       </c>
       <c r="H16" s="8">
         <v>0</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="8">
         <v>0</v>
@@ -2427,52 +2448,55 @@
       </c>
       <c r="BM16" s="8">
         <v>308.62844900203402</v>
       </c>
       <c r="BN16" s="8">
         <v>372.18574334231897</v>
       </c>
       <c r="BO16" s="8">
         <v>388.991709807326</v>
       </c>
       <c r="BP16" s="8">
         <v>370.34059928776099</v>
       </c>
       <c r="BQ16" s="8">
         <v>376.17000502598</v>
       </c>
       <c r="BR16" s="8">
         <v>388.21390151406399</v>
       </c>
       <c r="BS16" s="8">
         <v>381.53085185174302</v>
       </c>
       <c r="BT16" s="8">
         <v>401.773355108087</v>
       </c>
+      <c r="BU16" s="8">
+        <v>499.21890186036899</v>
+      </c>
     </row>
-    <row r="17" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A17" s="4"/>
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="14">
         <v>0</v>
       </c>
       <c r="E17" s="14">
         <v>0</v>
       </c>
       <c r="F17" s="14">
         <v>0</v>
       </c>
       <c r="G17" s="14">
         <v>0</v>
       </c>
       <c r="H17" s="14">
         <v>0</v>
       </c>
       <c r="I17" s="14">
         <v>0</v>
       </c>
       <c r="J17" s="14">
         <v>0</v>
       </c>
@@ -2640,52 +2664,55 @@
       </c>
       <c r="BM17" s="14">
         <v>1410.53183646293</v>
       </c>
       <c r="BN17" s="14">
         <v>1369.6652886139959</v>
       </c>
       <c r="BO17" s="14">
         <v>1597.26275132774</v>
       </c>
       <c r="BP17" s="14">
         <v>1529.3925908434301</v>
       </c>
       <c r="BQ17" s="14">
         <v>1443.0715865459699</v>
       </c>
       <c r="BR17" s="14">
         <v>1598.3135826988901</v>
       </c>
       <c r="BS17" s="14">
         <v>1520.00346907373</v>
       </c>
       <c r="BT17" s="14">
         <v>1501.7684372561901</v>
       </c>
+      <c r="BU17" s="14">
+        <v>1552.4424768189999</v>
+      </c>
     </row>
-    <row r="18" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A18" s="4"/>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="8">
         <v>0</v>
       </c>
       <c r="E18" s="8">
         <v>0</v>
       </c>
       <c r="F18" s="8">
         <v>0</v>
       </c>
       <c r="G18" s="8">
         <v>0</v>
       </c>
       <c r="H18" s="8">
         <v>0</v>
       </c>
       <c r="I18" s="8">
         <v>0</v>
       </c>
       <c r="J18" s="8">
         <v>0</v>
       </c>
@@ -2848,57 +2875,60 @@
       <c r="BK18" s="8">
         <v>2580.99454127643</v>
       </c>
       <c r="BL18" s="8">
         <v>2621.258160763</v>
       </c>
       <c r="BM18" s="8">
         <v>2964.51806112545</v>
       </c>
       <c r="BN18" s="8">
         <v>3567.7306268972898</v>
       </c>
       <c r="BO18" s="8">
         <v>4373.23063906479</v>
       </c>
       <c r="BP18" s="8">
         <v>5212.3557911396802</v>
       </c>
       <c r="BQ18" s="8">
         <v>5137.4160575595797</v>
       </c>
       <c r="BR18" s="8">
         <v>5831.2058520118107</v>
       </c>
       <c r="BS18" s="8">
-        <v>5435.0142074727355</v>
+        <v>5434.793481249445</v>
       </c>
       <c r="BT18" s="8">
-        <v>5395.8136627631266</v>
+        <v>5395.3593396988563</v>
+      </c>
+      <c r="BU18" s="8">
+        <v>6063.9818492004688</v>
       </c>
     </row>
-    <row r="19" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="8">
         <v>0</v>
       </c>
       <c r="E19" s="8">
         <v>0</v>
       </c>
       <c r="F19" s="8">
         <v>0</v>
       </c>
       <c r="G19" s="8">
         <v>0</v>
       </c>
       <c r="H19" s="8">
         <v>0</v>
       </c>
       <c r="I19" s="8">
         <v>0</v>
       </c>
       <c r="J19" s="8">
         <v>0</v>
       </c>
@@ -3064,54 +3094,57 @@
       <c r="BL19" s="8">
         <v>21947.861534097621</v>
       </c>
       <c r="BM19" s="8">
         <v>28540.600869010428</v>
       </c>
       <c r="BN19" s="8">
         <v>28337.070617413818</v>
       </c>
       <c r="BO19" s="8">
         <v>32813.886645536477</v>
       </c>
       <c r="BP19" s="8">
         <v>31847.714821713318</v>
       </c>
       <c r="BQ19" s="8">
         <v>31785.13210444073</v>
       </c>
       <c r="BR19" s="8">
         <v>34650.633155420619</v>
       </c>
       <c r="BS19" s="8">
         <v>35012.504974481621</v>
       </c>
       <c r="BT19" s="8">
-        <v>35781.968278193614</v>
+        <v>35781.968278193599</v>
+      </c>
+      <c r="BU19" s="8">
+        <v>36627.085192445003</v>
       </c>
     </row>
-    <row r="20" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="8"/>
@@ -3140,52 +3173,53 @@
       <c r="AV20" s="8"/>
       <c r="AW20" s="8"/>
       <c r="AX20" s="8"/>
       <c r="AY20" s="8"/>
       <c r="AZ20" s="8"/>
       <c r="BA20" s="8"/>
       <c r="BB20" s="8"/>
       <c r="BC20" s="8"/>
       <c r="BD20" s="8"/>
       <c r="BE20" s="8"/>
       <c r="BF20" s="8"/>
       <c r="BG20" s="8"/>
       <c r="BH20" s="8"/>
       <c r="BI20" s="8"/>
       <c r="BJ20" s="8"/>
       <c r="BK20" s="8"/>
       <c r="BL20" s="8"/>
       <c r="BM20" s="8"/>
       <c r="BN20" s="8"/>
       <c r="BO20" s="8"/>
       <c r="BP20" s="8"/>
       <c r="BQ20" s="8"/>
       <c r="BR20" s="8"/>
       <c r="BS20" s="8"/>
       <c r="BT20" s="8"/>
+      <c r="BU20" s="8"/>
     </row>
-    <row r="21" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="13">
         <v>0</v>
       </c>
       <c r="E21" s="13">
         <v>0</v>
       </c>
       <c r="F21" s="13">
         <v>0</v>
       </c>
       <c r="G21" s="13">
         <v>0</v>
       </c>
       <c r="H21" s="13">
         <v>0</v>
       </c>
       <c r="I21" s="13">
         <v>0</v>
       </c>
       <c r="J21" s="13">
         <v>0</v>
@@ -3349,57 +3383,60 @@
       <c r="BK21" s="13">
         <v>25082.815606559587</v>
       </c>
       <c r="BL21" s="13">
         <v>26053.035537665426</v>
       </c>
       <c r="BM21" s="13">
         <v>33224.279215600844</v>
       </c>
       <c r="BN21" s="13">
         <v>33646.652276267421</v>
       </c>
       <c r="BO21" s="13">
         <v>39173.371745736331</v>
       </c>
       <c r="BP21" s="13">
         <v>38959.803802984192</v>
       </c>
       <c r="BQ21" s="13">
         <v>38741.789753572259</v>
       </c>
       <c r="BR21" s="13">
         <v>42468.366491645385</v>
       </c>
       <c r="BS21" s="13">
-        <v>42349.053502879833</v>
+        <v>42348.832776656534</v>
       </c>
       <c r="BT21" s="13">
-        <v>43081.32373332102</v>
+        <v>43080.869410256731</v>
+      </c>
+      <c r="BU21" s="13">
+        <v>44742.728420324842</v>
       </c>
     </row>
-    <row r="23" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A23" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="12"/>
       <c r="C23" s="12"/>
       <c r="D23" s="13">
         <v>0</v>
       </c>
       <c r="E23" s="13">
         <v>0</v>
       </c>
       <c r="F23" s="13">
         <v>0</v>
       </c>
       <c r="G23" s="13">
         <v>0</v>
       </c>
       <c r="H23" s="13">
         <v>0</v>
       </c>
       <c r="I23" s="13">
         <v>0</v>
       </c>
       <c r="J23" s="13">
         <v>0</v>
@@ -3563,57 +3600,60 @@
       <c r="BK23" s="13">
         <v>31096.23164833392</v>
       </c>
       <c r="BL23" s="13">
         <v>35246.86398359287</v>
       </c>
       <c r="BM23" s="13">
         <v>44411.377569963341</v>
       </c>
       <c r="BN23" s="13">
         <v>47808.554464410729</v>
       </c>
       <c r="BO23" s="13">
         <v>53562.07738667442</v>
       </c>
       <c r="BP23" s="13">
         <v>54709.840102647038</v>
       </c>
       <c r="BQ23" s="13">
         <v>55868.784739080795</v>
       </c>
       <c r="BR23" s="13">
         <v>60753.383236068155</v>
       </c>
       <c r="BS23" s="13">
-        <v>61215.420125355529</v>
+        <v>61215.199399132231</v>
       </c>
       <c r="BT23" s="13">
-        <v>62564.543906407554</v>
+        <v>62564.089583343266</v>
+      </c>
+      <c r="BU23" s="13">
+        <v>65194.141372527549</v>
       </c>
     </row>
-    <row r="25" spans="1:72" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:73" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="21" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="20"/>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
       <c r="H25" s="20"/>
       <c r="I25" s="20"/>
       <c r="J25" s="20"/>
       <c r="K25" s="20"/>
       <c r="L25" s="20"/>
       <c r="M25" s="20"/>
       <c r="N25" s="20"/>
       <c r="O25" s="20"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="20"/>
       <c r="R25" s="20"/>
       <c r="S25" s="20"/>
       <c r="T25" s="20"/>
       <c r="U25" s="20"/>
       <c r="V25" s="20"/>
       <c r="W25" s="20"/>
@@ -3638,51 +3678,51 @@
       <c r="AP25" s="19"/>
       <c r="AQ25" s="19"/>
       <c r="AR25" s="19"/>
       <c r="AS25" s="19"/>
       <c r="AT25" s="19"/>
       <c r="AU25" s="19"/>
       <c r="AV25" s="19"/>
       <c r="AW25" s="19"/>
       <c r="AX25" s="19"/>
       <c r="AY25" s="19"/>
       <c r="AZ25" s="19"/>
       <c r="BA25" s="19"/>
       <c r="BB25" s="19"/>
       <c r="BC25" s="19"/>
       <c r="BD25" s="19"/>
       <c r="BE25" s="19"/>
       <c r="BF25" s="19"/>
       <c r="BG25" s="19"/>
       <c r="BH25" s="19"/>
       <c r="BI25" s="19"/>
       <c r="BJ25" s="19"/>
       <c r="BK25" s="19"/>
       <c r="BL25" s="19"/>
       <c r="BM25" s="19"/>
     </row>
-    <row r="26" spans="1:72" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:73" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="19"/>
       <c r="B26" s="19"/>
       <c r="C26" s="19"/>
       <c r="D26" s="19"/>
       <c r="E26" s="19"/>
       <c r="F26" s="19"/>
       <c r="G26" s="19"/>
       <c r="H26" s="19"/>
       <c r="I26" s="19"/>
       <c r="J26" s="19"/>
       <c r="K26" s="19"/>
       <c r="L26" s="19"/>
       <c r="M26" s="19"/>
       <c r="N26" s="19"/>
       <c r="O26" s="19"/>
       <c r="P26" s="19"/>
       <c r="Q26" s="19"/>
       <c r="R26" s="19"/>
       <c r="S26" s="19"/>
       <c r="T26" s="19"/>
       <c r="U26" s="19"/>
       <c r="V26" s="19"/>
       <c r="W26" s="19"/>
       <c r="X26" s="19"/>
       <c r="Y26" s="19"/>
@@ -3705,51 +3745,51 @@
       <c r="AP26" s="19"/>
       <c r="AQ26" s="19"/>
       <c r="AR26" s="19"/>
       <c r="AS26" s="19"/>
       <c r="AT26" s="19"/>
       <c r="AU26" s="19"/>
       <c r="AV26" s="19"/>
       <c r="AW26" s="19"/>
       <c r="AX26" s="19"/>
       <c r="AY26" s="19"/>
       <c r="AZ26" s="19"/>
       <c r="BA26" s="19"/>
       <c r="BB26" s="19"/>
       <c r="BC26" s="19"/>
       <c r="BD26" s="19"/>
       <c r="BE26" s="19"/>
       <c r="BF26" s="19"/>
       <c r="BG26" s="19"/>
       <c r="BH26" s="19"/>
       <c r="BI26" s="19"/>
       <c r="BJ26" s="19"/>
       <c r="BK26" s="19"/>
       <c r="BL26" s="19"/>
       <c r="BM26" s="19"/>
     </row>
-    <row r="27" spans="1:72" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:73" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="19"/>
       <c r="B27" s="19"/>
       <c r="C27" s="19"/>
       <c r="D27" s="19"/>
       <c r="E27" s="19"/>
       <c r="F27" s="19"/>
       <c r="G27" s="19"/>
       <c r="H27" s="19"/>
       <c r="I27" s="19"/>
       <c r="J27" s="19"/>
       <c r="K27" s="19"/>
       <c r="L27" s="19"/>
       <c r="M27" s="19"/>
       <c r="N27" s="19"/>
       <c r="O27" s="19"/>
       <c r="P27" s="19"/>
       <c r="Q27" s="19"/>
       <c r="R27" s="19"/>
       <c r="S27" s="19"/>
       <c r="T27" s="19"/>
       <c r="U27" s="19"/>
       <c r="V27" s="19"/>
       <c r="W27" s="19"/>
       <c r="X27" s="19"/>
       <c r="Y27" s="19"/>