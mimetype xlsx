--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -2,53 +2,53 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12E5D20B-7FC2-4557-94BF-EDA8335BF9B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F302F1C-75CC-44FC-A900-201C8E3F531B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{22EF9050-317D-48EF-B814-7B9843D70C1B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{22EF9050-317D-48EF-B814-7B9843D70C1B}"/>
   </bookViews>
   <sheets>
     <sheet name="EMV_1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -117,51 +117,51 @@
   <c r="E5" i="1" s="1"/>
   <c r="T5" i="1"/>
   <c r="P5" i="1" s="1"/>
   <c r="L5" i="1" s="1"/>
   <c r="H5" i="1" s="1"/>
   <c r="D5" i="1" s="1"/>
   <c r="S5" i="1"/>
   <c r="O5" i="1" s="1"/>
   <c r="K5" i="1" s="1"/>
   <c r="G5" i="1" s="1"/>
   <c r="G4" i="1"/>
   <c r="K4" i="1" s="1"/>
   <c r="O4" i="1" s="1"/>
   <c r="S4" i="1" s="1"/>
   <c r="W4" i="1" s="1"/>
   <c r="AA4" i="1" s="1"/>
   <c r="AE4" i="1" s="1"/>
   <c r="AI4" i="1" s="1"/>
   <c r="AM4" i="1" s="1"/>
   <c r="AQ4" i="1" s="1"/>
   <c r="AU4" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="29">
   <si>
     <t>Miles de milllones de pesos. Valores nominales, incluye intereses devengados.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
     <t>III</t>
   </si>
   <si>
     <t xml:space="preserve">      de lo cual: Indexado a inflación</t>
   </si>
   <si>
     <t>Patrimonios separados</t>
   </si>
   <si>
     <t>Holding y Casas matrices</t>
   </si>
   <si>
     <t>Empresas públicas</t>
   </si>
   <si>
@@ -307,138 +307,170 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <border>
         <left style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color theme="0" tint="-0.499984740745262"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.499984740745262"/>
@@ -764,84 +796,84 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{484850F6-BE2E-4B40-A448-48BEA80C8E6B}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:BT40"/>
+  <dimension ref="A1:BU40"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="BA6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" customWidth="1"/>
     <col min="4" max="59" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="67" max="67" width="12.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
-    <row r="4" spans="1:72" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:73" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4" s="27">
         <v>2008</v>
       </c>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="26">
         <f>+D4+1</f>
         <v>2009</v>
       </c>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="27">
         <f>+G4+1</f>
         <v>2010</v>
       </c>
       <c r="L4" s="27"/>
       <c r="M4" s="27"/>
       <c r="N4" s="27"/>
       <c r="O4" s="26">
@@ -918,53 +950,54 @@
       </c>
       <c r="BD4" s="26"/>
       <c r="BE4" s="26"/>
       <c r="BF4" s="26"/>
       <c r="BG4" s="27">
         <v>2022</v>
       </c>
       <c r="BH4" s="27"/>
       <c r="BI4" s="27"/>
       <c r="BJ4" s="27"/>
       <c r="BK4" s="26">
         <v>2023</v>
       </c>
       <c r="BL4" s="26"/>
       <c r="BM4" s="26"/>
       <c r="BN4" s="26"/>
       <c r="BO4" s="27">
         <v>2024</v>
       </c>
       <c r="BP4" s="27"/>
       <c r="BQ4" s="27"/>
       <c r="BR4" s="27"/>
       <c r="BS4" s="28">
         <v>2025</v>
       </c>
-      <c r="BT4" s="28"/>
+      <c r="BT4" s="29"/>
+      <c r="BU4" s="30"/>
     </row>
-    <row r="5" spans="1:72" s="5" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:73" s="5" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="11" t="str">
         <f t="shared" ref="D5:U5" si="0">+H5</f>
         <v>II</v>
       </c>
       <c r="E5" s="11" t="str">
         <f t="shared" si="0"/>
         <v>III</v>
       </c>
       <c r="F5" s="11" t="str">
         <f t="shared" si="0"/>
         <v>IV</v>
       </c>
       <c r="G5" s="11" t="str">
         <f t="shared" si="0"/>
         <v>I</v>
       </c>
       <c r="H5" s="11" t="str">
         <f t="shared" si="0"/>
         <v>II</v>
       </c>
       <c r="I5" s="11" t="str">
         <f t="shared" si="0"/>
@@ -1176,52 +1209,55 @@
       </c>
       <c r="BM5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="BN5" s="11" t="s">
         <v>12</v>
       </c>
       <c r="BO5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="BP5" s="11" t="s">
         <v>2</v>
       </c>
       <c r="BQ5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="BR5" s="11" t="s">
         <v>12</v>
       </c>
       <c r="BS5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="BT5" s="11" t="s">
         <v>2</v>
       </c>
+      <c r="BU5" s="11" t="s">
+        <v>3</v>
+      </c>
     </row>
-    <row r="6" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:73" x14ac:dyDescent="0.25">
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="12"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="12"/>
       <c r="R6" s="12"/>
       <c r="S6" s="12"/>
       <c r="T6" s="12"/>
       <c r="U6" s="12"/>
       <c r="V6" s="12"/>
       <c r="W6" s="12"/>
       <c r="X6" s="12"/>
       <c r="Y6" s="12"/>
       <c r="Z6" s="12"/>
       <c r="AA6" s="12"/>
       <c r="AB6" s="12"/>
@@ -1241,51 +1277,51 @@
       <c r="AP6" s="12"/>
       <c r="AQ6" s="12"/>
       <c r="AR6" s="12"/>
       <c r="AS6" s="12"/>
       <c r="AT6" s="12"/>
       <c r="AU6" s="12"/>
       <c r="AV6" s="12"/>
       <c r="AW6" s="12"/>
       <c r="AX6" s="12"/>
       <c r="AY6" s="12"/>
       <c r="AZ6" s="12"/>
       <c r="BA6" s="12"/>
       <c r="BB6" s="12"/>
       <c r="BC6" s="12"/>
       <c r="BD6" s="12"/>
       <c r="BE6" s="12"/>
       <c r="BF6" s="12"/>
       <c r="BG6" s="12"/>
       <c r="BH6" s="12"/>
       <c r="BI6" s="12"/>
       <c r="BJ6" s="12"/>
       <c r="BK6" s="12"/>
       <c r="BO6" s="12"/>
       <c r="BP6" s="12"/>
     </row>
-    <row r="7" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
       <c r="M7" s="12"/>
       <c r="N7" s="12"/>
       <c r="O7" s="12"/>
       <c r="P7" s="12"/>
       <c r="Q7" s="12"/>
       <c r="R7" s="12"/>
       <c r="S7" s="12"/>
       <c r="T7" s="12"/>
       <c r="U7" s="12"/>
       <c r="V7" s="12"/>
       <c r="W7" s="12"/>
       <c r="X7" s="12"/>
       <c r="Y7" s="12"/>
@@ -1312,52 +1348,53 @@
       <c r="AT7" s="12"/>
       <c r="AU7" s="12"/>
       <c r="AV7" s="12"/>
       <c r="AW7" s="12"/>
       <c r="AX7" s="12"/>
       <c r="AY7" s="12"/>
       <c r="AZ7" s="12"/>
       <c r="BA7" s="12"/>
       <c r="BB7" s="12"/>
       <c r="BC7" s="12"/>
       <c r="BD7" s="12"/>
       <c r="BE7" s="12"/>
       <c r="BF7" s="12"/>
       <c r="BG7" s="12"/>
       <c r="BH7" s="12"/>
       <c r="BI7" s="12"/>
       <c r="BJ7" s="12"/>
       <c r="BK7" s="12"/>
       <c r="BL7" s="12"/>
       <c r="BO7" s="12"/>
       <c r="BP7" s="12"/>
       <c r="BQ7" s="12"/>
       <c r="BR7" s="12"/>
       <c r="BS7" s="12"/>
       <c r="BT7" s="12"/>
+      <c r="BU7" s="12"/>
     </row>
-    <row r="8" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:73" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="13">
         <v>1218.5000000000002</v>
       </c>
       <c r="E8" s="13">
         <v>1599.1</v>
       </c>
       <c r="F8" s="13">
         <v>1283.8952569999999</v>
       </c>
       <c r="G8" s="13">
         <v>2043</v>
       </c>
       <c r="H8" s="13">
         <v>1971.5</v>
       </c>
       <c r="I8" s="13">
         <v>3492.75</v>
       </c>
       <c r="J8" s="13">
         <v>3606.2500000000005</v>
       </c>
       <c r="K8" s="13">
@@ -1524,52 +1561,55 @@
       </c>
       <c r="BM8" s="13">
         <v>48910.000000000007</v>
       </c>
       <c r="BN8" s="13">
         <v>40979.4</v>
       </c>
       <c r="BO8" s="13">
         <v>30610</v>
       </c>
       <c r="BP8" s="13">
         <v>22470</v>
       </c>
       <c r="BQ8" s="13">
         <v>22200</v>
       </c>
       <c r="BR8" s="13">
         <v>22680</v>
       </c>
       <c r="BS8" s="13">
         <v>23700</v>
       </c>
       <c r="BT8" s="13">
         <v>24400</v>
       </c>
+      <c r="BU8" s="13">
+        <v>24860</v>
+      </c>
     </row>
-    <row r="9" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:73" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="D9" s="13">
         <v>25612.620126900496</v>
       </c>
       <c r="E9" s="13">
         <v>25459.41585733791</v>
       </c>
       <c r="F9" s="13">
         <v>26494.387642502708</v>
       </c>
       <c r="G9" s="13">
         <v>25961.235335849688</v>
       </c>
       <c r="H9" s="13">
         <v>27879.355505212123</v>
       </c>
       <c r="I9" s="13">
         <v>26993.950318250398</v>
       </c>
       <c r="J9" s="13">
         <v>25614.831107746872</v>
       </c>
       <c r="K9" s="13">
@@ -1736,52 +1776,55 @@
       </c>
       <c r="BM9" s="13">
         <v>32964.401670547479</v>
       </c>
       <c r="BN9" s="13">
         <v>41378.667549320977</v>
       </c>
       <c r="BO9" s="13">
         <v>51770.97008912493</v>
       </c>
       <c r="BP9" s="13">
         <v>46976.411106226937</v>
       </c>
       <c r="BQ9" s="13">
         <v>40048.855650221267</v>
       </c>
       <c r="BR9" s="13">
         <v>40706.44332297823</v>
       </c>
       <c r="BS9" s="13">
         <v>40732.98185757138</v>
       </c>
       <c r="BT9" s="13">
         <v>42867.550949442972</v>
       </c>
+      <c r="BU9" s="13">
+        <v>40700.803456273497</v>
+      </c>
     </row>
-    <row r="10" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:73" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="13">
         <v>420.96839200000028</v>
       </c>
       <c r="E10" s="13">
         <v>461.53145400000017</v>
       </c>
       <c r="F10" s="13">
         <v>501.09604699999977</v>
       </c>
       <c r="G10" s="13">
         <v>560.61811899999964</v>
       </c>
       <c r="H10" s="13">
         <v>598.03895</v>
       </c>
       <c r="I10" s="13">
         <v>606.34280199999978</v>
       </c>
       <c r="J10" s="13">
         <v>503.21107299999994</v>
       </c>
       <c r="K10" s="13">
@@ -1948,52 +1991,55 @@
       </c>
       <c r="BM10" s="13">
         <v>440.51089699999955</v>
       </c>
       <c r="BN10" s="13">
         <v>511.48285499999997</v>
       </c>
       <c r="BO10" s="13">
         <v>557.560819725339</v>
       </c>
       <c r="BP10" s="13">
         <v>687.92945199999997</v>
       </c>
       <c r="BQ10" s="13">
         <v>853.76358299999993</v>
       </c>
       <c r="BR10" s="13">
         <v>1058.8968280000001</v>
       </c>
       <c r="BS10" s="13">
         <v>930.93787199999997</v>
       </c>
       <c r="BT10" s="13">
         <v>1233.1378699999998</v>
       </c>
+      <c r="BU10" s="13">
+        <v>1123.5816929979042</v>
+      </c>
     </row>
-    <row r="11" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:73" x14ac:dyDescent="0.25">
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
       <c r="X11" s="13"/>
       <c r="Y11" s="13"/>
       <c r="Z11" s="13"/>
       <c r="AA11" s="13"/>
       <c r="AB11" s="13"/>
@@ -2019,59 +2065,60 @@
       <c r="AV11" s="13"/>
       <c r="AW11" s="13"/>
       <c r="AX11" s="13"/>
       <c r="AY11" s="13"/>
       <c r="AZ11" s="13"/>
       <c r="BA11" s="13"/>
       <c r="BB11" s="13"/>
       <c r="BC11" s="13"/>
       <c r="BD11" s="13"/>
       <c r="BE11" s="13"/>
       <c r="BF11" s="13"/>
       <c r="BG11" s="13"/>
       <c r="BH11" s="13"/>
       <c r="BI11" s="13"/>
       <c r="BJ11" s="13"/>
       <c r="BK11" s="13"/>
       <c r="BL11" s="13"/>
       <c r="BM11" s="13"/>
       <c r="BN11" s="13"/>
       <c r="BO11" s="13"/>
       <c r="BP11" s="13"/>
       <c r="BQ11" s="13"/>
       <c r="BR11" s="13"/>
       <c r="BS11" s="13"/>
       <c r="BT11" s="13"/>
+      <c r="BU11" s="13"/>
     </row>
-    <row r="12" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
     </row>
-    <row r="13" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A13" s="6"/>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="13">
         <v>7689.1566696977361</v>
       </c>
       <c r="E13" s="13">
         <v>9090.2054647057448</v>
       </c>
       <c r="F13" s="13">
         <v>9573.3843953949199</v>
       </c>
       <c r="G13" s="13">
         <v>9345.313369133115</v>
       </c>
       <c r="H13" s="13">
         <v>9465.276462322754</v>
       </c>
       <c r="I13" s="13">
         <v>8104.4259252439897</v>
       </c>
       <c r="J13" s="13">
         <v>8039.0488003695082</v>
       </c>
@@ -2239,52 +2286,55 @@
       </c>
       <c r="BM13" s="13">
         <v>82.398010218936207</v>
       </c>
       <c r="BN13" s="13">
         <v>83.977445388574438</v>
       </c>
       <c r="BO13" s="13">
         <v>84.430753449910341</v>
       </c>
       <c r="BP13" s="13">
         <v>85.75407517252718</v>
       </c>
       <c r="BQ13" s="13">
         <v>86.297136146144993</v>
       </c>
       <c r="BR13" s="13">
         <v>87.692079625326329</v>
       </c>
       <c r="BS13" s="13">
         <v>88.522013710536626</v>
       </c>
       <c r="BT13" s="13">
         <v>89.618236285352111</v>
       </c>
+      <c r="BU13" s="13">
+        <v>89.882900634417311</v>
+      </c>
     </row>
-    <row r="14" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A14" s="6"/>
       <c r="C14" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="15">
         <v>5433.3889457591849</v>
       </c>
       <c r="E14" s="15">
         <v>6977.0459011006396</v>
       </c>
       <c r="F14" s="15">
         <v>7338.6106246958834</v>
       </c>
       <c r="G14" s="15">
         <v>7140.7126797600613</v>
       </c>
       <c r="H14" s="15">
         <v>7131.7371143732835</v>
       </c>
       <c r="I14" s="15">
         <v>6194.661923274808</v>
       </c>
       <c r="J14" s="15">
         <v>6132.2244504581031</v>
       </c>
@@ -2452,52 +2502,55 @@
       </c>
       <c r="BM14" s="15">
         <v>82.398010218936207</v>
       </c>
       <c r="BN14" s="15">
         <v>83.977445388574438</v>
       </c>
       <c r="BO14" s="15">
         <v>84.430753449910341</v>
       </c>
       <c r="BP14" s="15">
         <v>85.75407517252718</v>
       </c>
       <c r="BQ14" s="15">
         <v>86.297136146144993</v>
       </c>
       <c r="BR14" s="15">
         <v>87.692079625326329</v>
       </c>
       <c r="BS14" s="15">
         <v>88.522013710536626</v>
       </c>
       <c r="BT14" s="15">
         <v>89.618236285352111</v>
       </c>
+      <c r="BU14" s="15">
+        <v>89.882900634417311</v>
+      </c>
     </row>
-    <row r="15" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A15" s="6"/>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="13">
         <v>11499.804276269819</v>
       </c>
       <c r="E15" s="13">
         <v>12290.481005326903</v>
       </c>
       <c r="F15" s="13">
         <v>12691.050257466788</v>
       </c>
       <c r="G15" s="13">
         <v>12323.891546046314</v>
       </c>
       <c r="H15" s="13">
         <v>12246.975236611994</v>
       </c>
       <c r="I15" s="13">
         <v>12484.027978143145</v>
       </c>
       <c r="J15" s="13">
         <v>12618.468986506819</v>
       </c>
@@ -2660,57 +2713,60 @@
       <c r="BK15" s="13">
         <v>55214.658209597925</v>
       </c>
       <c r="BL15" s="13">
         <v>55803.803938436213</v>
       </c>
       <c r="BM15" s="13">
         <v>55239.75863540596</v>
       </c>
       <c r="BN15" s="13">
         <v>56416.186559679663</v>
       </c>
       <c r="BO15" s="13">
         <v>57724.799360569326</v>
       </c>
       <c r="BP15" s="13">
         <v>58145.247662859147</v>
       </c>
       <c r="BQ15" s="13">
         <v>57911.960563268127</v>
       </c>
       <c r="BR15" s="13">
         <v>57633.213874441608</v>
       </c>
       <c r="BS15" s="13">
-        <v>58679.667515429428</v>
+        <v>58679.667515429413</v>
       </c>
       <c r="BT15" s="13">
-        <v>58819.440677341117</v>
+        <v>58819.440677341001</v>
+      </c>
+      <c r="BU15" s="13">
+        <v>58589.874677363288</v>
       </c>
     </row>
-    <row r="16" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A16" s="8"/>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="13">
         <v>2537.6384628939013</v>
       </c>
       <c r="E16" s="13">
         <v>2510.1269384599996</v>
       </c>
       <c r="F16" s="13">
         <v>2611.649270541001</v>
       </c>
       <c r="G16" s="13">
         <v>2728.6170172900011</v>
       </c>
       <c r="H16" s="13">
         <v>2781.2862468599997</v>
       </c>
       <c r="I16" s="13">
         <v>2887.6119010199991</v>
       </c>
       <c r="J16" s="13">
         <v>3016.9961543160007</v>
       </c>
@@ -2878,52 +2934,55 @@
       </c>
       <c r="BM16" s="13">
         <v>8286.856166900001</v>
       </c>
       <c r="BN16" s="13">
         <v>8153.8686679999992</v>
       </c>
       <c r="BO16" s="13">
         <v>8302.5996993910012</v>
       </c>
       <c r="BP16" s="13">
         <v>8179.7679773819964</v>
       </c>
       <c r="BQ16" s="13">
         <v>8175.3039788840006</v>
       </c>
       <c r="BR16" s="13">
         <v>8392.0230787266555</v>
       </c>
       <c r="BS16" s="13">
         <v>8465.8953160000019</v>
       </c>
       <c r="BT16" s="13">
         <v>7960.4232859999956</v>
       </c>
+      <c r="BU16" s="13">
+        <v>8592.3514659999964</v>
+      </c>
     </row>
-    <row r="17" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A17" s="6"/>
       <c r="C17" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="16">
         <v>181.09282495390002</v>
       </c>
       <c r="E17" s="16">
         <v>200.13302100000007</v>
       </c>
       <c r="F17" s="16">
         <v>199.373425</v>
       </c>
       <c r="G17" s="16">
         <v>196.59352599999988</v>
       </c>
       <c r="H17" s="16">
         <v>195.28421899999998</v>
       </c>
       <c r="I17" s="16">
         <v>188.41114400000006</v>
       </c>
       <c r="J17" s="16">
         <v>187.07221400000006</v>
       </c>
@@ -3086,57 +3145,60 @@
       <c r="BK17" s="16">
         <v>1611.2828589999999</v>
       </c>
       <c r="BL17" s="16">
         <v>1588.026969</v>
       </c>
       <c r="BM17" s="16">
         <v>1540.7633859999999</v>
       </c>
       <c r="BN17" s="16">
         <v>1493.5391</v>
       </c>
       <c r="BO17" s="16">
         <v>1479.3173967909997</v>
       </c>
       <c r="BP17" s="16">
         <v>1268.2008597150002</v>
       </c>
       <c r="BQ17" s="16">
         <v>1146.5683748840001</v>
       </c>
       <c r="BR17" s="16">
         <v>1171.079500751109</v>
       </c>
       <c r="BS17" s="16">
-        <v>1219.3592450000001</v>
+        <v>1219.3592449999999</v>
       </c>
       <c r="BT17" s="16">
         <v>1219.0740230000004</v>
       </c>
+      <c r="BU17" s="16">
+        <v>1408.2829030000003</v>
+      </c>
     </row>
-    <row r="18" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A18" s="6"/>
       <c r="C18" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="16">
         <v>1247.0278179400002</v>
       </c>
       <c r="E18" s="16">
         <v>1188.3799304599997</v>
       </c>
       <c r="F18" s="16">
         <v>1173.7703693400015</v>
       </c>
       <c r="G18" s="16">
         <v>1113.8510902900009</v>
       </c>
       <c r="H18" s="16">
         <v>1133.13610986</v>
       </c>
       <c r="I18" s="16">
         <v>1176.5917820199986</v>
       </c>
       <c r="J18" s="16">
         <v>1124.2532627300009</v>
       </c>
@@ -3304,52 +3366,55 @@
       </c>
       <c r="BM18" s="16">
         <v>501.43686799999972</v>
       </c>
       <c r="BN18" s="16">
         <v>766.39781799999969</v>
       </c>
       <c r="BO18" s="16">
         <v>833.12256999999988</v>
       </c>
       <c r="BP18" s="16">
         <v>752.33583599999974</v>
       </c>
       <c r="BQ18" s="16">
         <v>1070.3178480000004</v>
       </c>
       <c r="BR18" s="16">
         <v>1173.770521192826</v>
       </c>
       <c r="BS18" s="16">
         <v>1138.8401890000002</v>
       </c>
       <c r="BT18" s="16">
         <v>1124.0872999999999</v>
       </c>
+      <c r="BU18" s="16">
+        <v>1227.5933019999993</v>
+      </c>
     </row>
-    <row r="19" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A19" s="6"/>
       <c r="C19" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16">
         <v>122.99733800000003</v>
       </c>
       <c r="E19" s="16">
         <v>124.72131399999995</v>
       </c>
       <c r="F19" s="16">
         <v>126.62904220100002</v>
       </c>
       <c r="G19" s="16">
         <v>124.62916399999996</v>
       </c>
       <c r="H19" s="16">
         <v>155.593681</v>
       </c>
       <c r="I19" s="16">
         <v>154.33349499999994</v>
       </c>
       <c r="J19" s="16">
         <v>186.15872358599989</v>
       </c>
@@ -3517,52 +3582,55 @@
       </c>
       <c r="BM19" s="16">
         <v>1402.0777068999994</v>
       </c>
       <c r="BN19" s="16">
         <v>1131.6685390000007</v>
       </c>
       <c r="BO19" s="16">
         <v>1049.3516086</v>
       </c>
       <c r="BP19" s="16">
         <v>1203.349573667</v>
       </c>
       <c r="BQ19" s="16">
         <v>1239.4687400000005</v>
       </c>
       <c r="BR19" s="16">
         <v>1271.168450917882</v>
       </c>
       <c r="BS19" s="16">
         <v>1284.4666789999994</v>
       </c>
       <c r="BT19" s="16">
         <v>1261.6204519999994</v>
       </c>
+      <c r="BU19" s="16">
+        <v>1241.7569559999999</v>
+      </c>
     </row>
-    <row r="20" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A20" s="6"/>
       <c r="C20" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="16">
         <v>986.52048200000081</v>
       </c>
       <c r="E20" s="16">
         <v>996.89267299999972</v>
       </c>
       <c r="F20" s="16">
         <v>1111.8764339999998</v>
       </c>
       <c r="G20" s="16">
         <v>1293.5432370000005</v>
       </c>
       <c r="H20" s="16">
         <v>1297.2722369999999</v>
       </c>
       <c r="I20" s="16">
         <v>1368.2754800000007</v>
       </c>
       <c r="J20" s="16">
         <v>1519.5119539999996</v>
       </c>
@@ -3730,52 +3798,55 @@
       </c>
       <c r="BM20" s="16">
         <v>4842.578206000001</v>
       </c>
       <c r="BN20" s="16">
         <v>4762.2632109999995</v>
       </c>
       <c r="BO20" s="16">
         <v>4940.808124000002</v>
       </c>
       <c r="BP20" s="16">
         <v>4955.8817079999963</v>
       </c>
       <c r="BQ20" s="16">
         <v>4718.9490159999996</v>
       </c>
       <c r="BR20" s="16">
         <v>4776.0046058648377</v>
       </c>
       <c r="BS20" s="16">
         <v>4823.2292030000017</v>
       </c>
       <c r="BT20" s="16">
         <v>4355.6415109999962</v>
       </c>
+      <c r="BU20" s="16">
+        <v>4714.7183049999967</v>
+      </c>
     </row>
-    <row r="21" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A21" s="6"/>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="13">
         <v>8770.7080040000073</v>
       </c>
       <c r="E21" s="13">
         <v>9641.4608110000063</v>
       </c>
       <c r="F21" s="13">
         <v>10153.559888000011</v>
       </c>
       <c r="G21" s="13">
         <v>10692.791840999998</v>
       </c>
       <c r="H21" s="13">
         <v>11424.718989999999</v>
       </c>
       <c r="I21" s="13">
         <v>11616.173527000008</v>
       </c>
       <c r="J21" s="13">
         <v>11921.040870999997</v>
       </c>
@@ -3938,57 +4009,60 @@
       <c r="BK21" s="13">
         <v>27909.215064330005</v>
       </c>
       <c r="BL21" s="13">
         <v>28739.086654999992</v>
       </c>
       <c r="BM21" s="13">
         <v>29027.100667349987</v>
       </c>
       <c r="BN21" s="13">
         <v>28841.851232999998</v>
       </c>
       <c r="BO21" s="13">
         <v>29288.328126000029</v>
       </c>
       <c r="BP21" s="13">
         <v>29701.069327719997</v>
       </c>
       <c r="BQ21" s="13">
         <v>29995.925536999996</v>
       </c>
       <c r="BR21" s="13">
         <v>31713.430277022089</v>
       </c>
       <c r="BS21" s="13">
-        <v>31549.643819054236</v>
+        <v>31549.643819054239</v>
       </c>
       <c r="BT21" s="13">
-        <v>32528.351783089372</v>
+        <v>32528.351783089376</v>
+      </c>
+      <c r="BU21" s="13">
+        <v>33406.596677929498</v>
       </c>
     </row>
-    <row r="22" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A22" s="6"/>
       <c r="C22" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="16">
         <v>1283.1077719999992</v>
       </c>
       <c r="E22" s="16">
         <v>1400.9367510000006</v>
       </c>
       <c r="F22" s="16">
         <v>1441.4385669999992</v>
       </c>
       <c r="G22" s="16">
         <v>1603.3964049999995</v>
       </c>
       <c r="H22" s="16">
         <v>1613.6722910000001</v>
       </c>
       <c r="I22" s="16">
         <v>1592.6009210000004</v>
       </c>
       <c r="J22" s="16">
         <v>1697.3740009999999</v>
       </c>
@@ -4154,54 +4228,57 @@
       <c r="BL22" s="16">
         <v>4104.4404659999955</v>
       </c>
       <c r="BM22" s="16">
         <v>4089.5610360000019</v>
       </c>
       <c r="BN22" s="16">
         <v>4142.642226999993</v>
       </c>
       <c r="BO22" s="16">
         <v>4273.8871900000049</v>
       </c>
       <c r="BP22" s="16">
         <v>4464.0222990000048</v>
       </c>
       <c r="BQ22" s="16">
         <v>4465.1675430000032</v>
       </c>
       <c r="BR22" s="16">
         <v>4508.1741621763249</v>
       </c>
       <c r="BS22" s="16">
         <v>4124.8321239999968</v>
       </c>
       <c r="BT22" s="16">
-        <v>4191.8050579999981</v>
+        <v>4191.805057999999</v>
+      </c>
+      <c r="BU22" s="16">
+        <v>3971.043558999997</v>
       </c>
     </row>
-    <row r="23" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
       <c r="C23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="16">
         <v>7487.600232000008</v>
       </c>
       <c r="E23" s="16">
         <v>8240.5240600000052</v>
       </c>
       <c r="F23" s="16">
         <v>8712.1213210000114</v>
       </c>
       <c r="G23" s="16">
         <v>9089.3954359999989</v>
       </c>
       <c r="H23" s="16">
         <v>9811.0466989999986</v>
       </c>
       <c r="I23" s="16">
         <v>10023.572606000007</v>
       </c>
       <c r="J23" s="16">
         <v>10223.666869999997</v>
       </c>
@@ -4364,57 +4441,60 @@
       <c r="BK23" s="16">
         <v>23850.565938330001</v>
       </c>
       <c r="BL23" s="16">
         <v>24634.646188999996</v>
       </c>
       <c r="BM23" s="16">
         <v>24937.539631349984</v>
       </c>
       <c r="BN23" s="16">
         <v>24699.209006000005</v>
       </c>
       <c r="BO23" s="16">
         <v>25014.440936000025</v>
       </c>
       <c r="BP23" s="16">
         <v>25237.047028719993</v>
       </c>
       <c r="BQ23" s="16">
         <v>25530.757993999992</v>
       </c>
       <c r="BR23" s="16">
         <v>27205.256114845764</v>
       </c>
       <c r="BS23" s="16">
-        <v>27424.811695054239</v>
+        <v>27424.811695054243</v>
       </c>
       <c r="BT23" s="16">
-        <v>28336.546725089374</v>
+        <v>28336.546725089378</v>
+      </c>
+      <c r="BU23" s="16">
+        <v>29435.553118929503</v>
       </c>
     </row>
-    <row r="24" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A24" s="6"/>
       <c r="B24" t="s">
         <v>23</v>
       </c>
       <c r="D24" s="13">
         <v>4903.9894512913024</v>
       </c>
       <c r="E24" s="13">
         <v>5330.9418585826807</v>
       </c>
       <c r="F24" s="13">
         <v>5723.6567053904937</v>
       </c>
       <c r="G24" s="13">
         <v>5567.8163275785091</v>
       </c>
       <c r="H24" s="13">
         <v>5726.902980372176</v>
       </c>
       <c r="I24" s="13">
         <v>6422.0688981274925</v>
       </c>
       <c r="J24" s="13">
         <v>6912.5356953552973</v>
       </c>
@@ -4577,57 +4657,60 @@
       <c r="BK24" s="13">
         <v>65160.933961100091</v>
       </c>
       <c r="BL24" s="13">
         <v>68969.448399207962</v>
       </c>
       <c r="BM24" s="13">
         <v>68647.219457381201</v>
       </c>
       <c r="BN24" s="13">
         <v>72280.533238530479</v>
       </c>
       <c r="BO24" s="13">
         <v>74747.262740114296</v>
       </c>
       <c r="BP24" s="13">
         <v>77596.674502636539</v>
       </c>
       <c r="BQ24" s="13">
         <v>82136.158236606323</v>
       </c>
       <c r="BR24" s="13">
         <v>81269.519410671623</v>
       </c>
       <c r="BS24" s="13">
-        <v>83904.811244710741</v>
+        <v>83904.811244710756</v>
       </c>
       <c r="BT24" s="13">
-        <v>89835.604962169513</v>
+        <v>89835.604962169527</v>
+      </c>
+      <c r="BU24" s="13">
+        <v>91951.31407106499</v>
       </c>
     </row>
-    <row r="25" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A25" s="6"/>
       <c r="C25" s="17" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="15">
         <v>4669.5034591567101</v>
       </c>
       <c r="E25" s="15">
         <v>5029.5547865150193</v>
       </c>
       <c r="F25" s="15">
         <v>5346.44010934789</v>
       </c>
       <c r="G25" s="15">
         <v>5171.9248470524944</v>
       </c>
       <c r="H25" s="15">
         <v>5251.8139702212202</v>
       </c>
       <c r="I25" s="15">
         <v>5795.3184260984626</v>
       </c>
       <c r="J25" s="15">
         <v>6115.5983804612079</v>
       </c>
@@ -4790,57 +4873,60 @@
       <c r="BK25" s="15">
         <v>31185.41491258486</v>
       </c>
       <c r="BL25" s="15">
         <v>32964.872609834754</v>
       </c>
       <c r="BM25" s="15">
         <v>33756.988377386144</v>
       </c>
       <c r="BN25" s="15">
         <v>35397.252356067969</v>
       </c>
       <c r="BO25" s="15">
         <v>35494.970269485282</v>
       </c>
       <c r="BP25" s="15">
         <v>36226.60488465536</v>
       </c>
       <c r="BQ25" s="15">
         <v>36908.997913246865</v>
       </c>
       <c r="BR25" s="15">
         <v>37661.538083574218</v>
       </c>
       <c r="BS25" s="15">
-        <v>37802.108377408571</v>
+        <v>37802.108377408564</v>
       </c>
       <c r="BT25" s="15">
         <v>38777.349967470931</v>
       </c>
+      <c r="BU25" s="15">
+        <v>40415.616182846949</v>
+      </c>
     </row>
-    <row r="26" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A26" s="6"/>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="13">
         <v>0</v>
       </c>
       <c r="E26" s="13">
         <v>0</v>
       </c>
       <c r="F26" s="13">
         <v>0</v>
       </c>
       <c r="G26" s="13">
         <v>0</v>
       </c>
       <c r="H26" s="13">
         <v>84.355430999999982</v>
       </c>
       <c r="I26" s="13">
         <v>84.165020000000069</v>
       </c>
       <c r="J26" s="13">
         <v>141.06962299999995</v>
       </c>
@@ -5008,52 +5094,55 @@
       </c>
       <c r="BM26" s="13">
         <v>181.71868699999999</v>
       </c>
       <c r="BN26" s="13">
         <v>184.68978900000002</v>
       </c>
       <c r="BO26" s="13">
         <v>186.21673200000001</v>
       </c>
       <c r="BP26" s="13">
         <v>187.95065699999998</v>
       </c>
       <c r="BQ26" s="13">
         <v>190.31772999999995</v>
       </c>
       <c r="BR26" s="13">
         <v>192.85930416235593</v>
       </c>
       <c r="BS26" s="13">
         <v>195.25604600000003</v>
       </c>
       <c r="BT26" s="13">
         <v>197.128379</v>
       </c>
+      <c r="BU26" s="13">
+        <v>198.22569299999995</v>
+      </c>
     </row>
-    <row r="27" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A27" s="10"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="18"/>
       <c r="E27" s="18"/>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
       <c r="H27" s="18"/>
       <c r="I27" s="18"/>
       <c r="J27" s="18"/>
       <c r="K27" s="18"/>
       <c r="L27" s="18"/>
       <c r="M27" s="18"/>
       <c r="N27" s="18"/>
       <c r="O27" s="18"/>
       <c r="P27" s="18"/>
       <c r="Q27" s="18"/>
       <c r="R27" s="18"/>
       <c r="S27" s="18"/>
       <c r="T27" s="18"/>
       <c r="U27" s="18"/>
       <c r="V27" s="18"/>
       <c r="W27" s="18"/>
       <c r="X27" s="18"/>
       <c r="Y27" s="18"/>
@@ -5082,52 +5171,53 @@
       <c r="AV27" s="18"/>
       <c r="AW27" s="18"/>
       <c r="AX27" s="18"/>
       <c r="AY27" s="18"/>
       <c r="AZ27" s="18"/>
       <c r="BA27" s="18"/>
       <c r="BB27" s="18"/>
       <c r="BC27" s="18"/>
       <c r="BD27" s="18"/>
       <c r="BE27" s="18"/>
       <c r="BF27" s="18"/>
       <c r="BG27" s="18"/>
       <c r="BH27" s="18"/>
       <c r="BI27" s="18"/>
       <c r="BJ27" s="18"/>
       <c r="BK27" s="18"/>
       <c r="BL27" s="18"/>
       <c r="BM27" s="18"/>
       <c r="BN27" s="18"/>
       <c r="BO27" s="18"/>
       <c r="BP27" s="18"/>
       <c r="BQ27" s="18"/>
       <c r="BR27" s="18"/>
       <c r="BS27" s="18"/>
       <c r="BT27" s="18"/>
+      <c r="BU27" s="18"/>
     </row>
-    <row r="28" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A28" s="19" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="20"/>
       <c r="C28" s="20"/>
       <c r="D28" s="21">
         <v>62653.385383053253</v>
       </c>
       <c r="E28" s="21">
         <v>66383.263389413245</v>
       </c>
       <c r="F28" s="21">
         <v>69032.679463295906</v>
       </c>
       <c r="G28" s="21">
         <v>69223.283555897622</v>
       </c>
       <c r="H28" s="21">
         <v>72178.409802379043</v>
       </c>
       <c r="I28" s="21">
         <v>72691.516369785022</v>
       </c>
       <c r="J28" s="21">
         <v>72373.452311294503</v>
@@ -5291,57 +5381,60 @@
       <c r="BK28" s="21">
         <v>231421.78632952063</v>
       </c>
       <c r="BL28" s="21">
         <v>239770.17208647024</v>
       </c>
       <c r="BM28" s="21">
         <v>243779.96419180356</v>
       </c>
       <c r="BN28" s="21">
         <v>248830.65733791969</v>
       </c>
       <c r="BO28" s="21">
         <v>253272.16832037483</v>
       </c>
       <c r="BP28" s="21">
         <v>244030.80476099715</v>
       </c>
       <c r="BQ28" s="21">
         <v>241598.58241512586</v>
       </c>
       <c r="BR28" s="21">
         <v>243734.07817562789</v>
       </c>
       <c r="BS28" s="21">
-        <v>248247.71568447631</v>
+        <v>248247.71568447634</v>
       </c>
       <c r="BT28" s="21">
-        <v>257931.25614332833</v>
+        <v>257931.25614332821</v>
+      </c>
+      <c r="BU28" s="21">
+        <v>259512.6306352636</v>
       </c>
     </row>
-    <row r="29" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A29" s="6"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="22"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="22"/>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
       <c r="U29" s="22"/>
       <c r="V29" s="22"/>
       <c r="W29" s="22"/>
       <c r="X29" s="22"/>
       <c r="Y29" s="22"/>
       <c r="Z29" s="22"/>
       <c r="AA29" s="22"/>
@@ -5368,52 +5461,53 @@
       <c r="AV29" s="22"/>
       <c r="AW29" s="22"/>
       <c r="AX29" s="22"/>
       <c r="AY29" s="22"/>
       <c r="AZ29" s="22"/>
       <c r="BA29" s="22"/>
       <c r="BB29" s="22"/>
       <c r="BC29" s="22"/>
       <c r="BD29" s="22"/>
       <c r="BE29" s="22"/>
       <c r="BF29" s="22"/>
       <c r="BG29" s="22"/>
       <c r="BH29" s="22"/>
       <c r="BI29" s="22"/>
       <c r="BJ29" s="22"/>
       <c r="BK29" s="22"/>
       <c r="BL29" s="22"/>
       <c r="BM29" s="22"/>
       <c r="BN29" s="22"/>
       <c r="BO29" s="22"/>
       <c r="BP29" s="22"/>
       <c r="BQ29" s="22"/>
       <c r="BR29" s="22"/>
       <c r="BS29" s="22"/>
       <c r="BT29" s="22"/>
+      <c r="BU29" s="22"/>
     </row>
-    <row r="30" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D30" s="23"/>
       <c r="E30" s="23"/>
       <c r="F30" s="23"/>
       <c r="G30" s="23"/>
       <c r="H30" s="23"/>
       <c r="I30" s="23"/>
       <c r="J30" s="23"/>
       <c r="K30" s="23"/>
       <c r="L30" s="23"/>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
       <c r="O30" s="23"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="23"/>
       <c r="R30" s="23"/>
       <c r="S30" s="23"/>
       <c r="T30" s="23"/>
       <c r="U30" s="23"/>
       <c r="V30" s="23"/>
       <c r="W30" s="23"/>
       <c r="X30" s="23"/>
       <c r="Y30" s="23"/>
@@ -5442,52 +5536,53 @@
       <c r="AV30" s="23"/>
       <c r="AW30" s="23"/>
       <c r="AX30" s="23"/>
       <c r="AY30" s="23"/>
       <c r="AZ30" s="23"/>
       <c r="BA30" s="23"/>
       <c r="BB30" s="23"/>
       <c r="BC30" s="23"/>
       <c r="BD30" s="23"/>
       <c r="BE30" s="23"/>
       <c r="BF30" s="23"/>
       <c r="BG30" s="23"/>
       <c r="BH30" s="23"/>
       <c r="BI30" s="23"/>
       <c r="BJ30" s="23"/>
       <c r="BK30" s="23"/>
       <c r="BL30" s="23"/>
       <c r="BM30" s="23"/>
       <c r="BN30" s="23"/>
       <c r="BO30" s="23"/>
       <c r="BP30" s="23"/>
       <c r="BQ30" s="23"/>
       <c r="BR30" s="23"/>
       <c r="BS30" s="23"/>
       <c r="BT30" s="23"/>
+      <c r="BU30" s="23"/>
     </row>
-    <row r="31" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A31" s="6"/>
       <c r="B31" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="13">
         <v>594.93042563075005</v>
       </c>
       <c r="E31" s="13">
         <v>634.01579203791698</v>
       </c>
       <c r="F31" s="13">
         <v>730.53227429260903</v>
       </c>
       <c r="G31" s="13">
         <v>672.05235054516697</v>
       </c>
       <c r="H31" s="13">
         <v>614.025809676976</v>
       </c>
       <c r="I31" s="13">
         <v>632.08357775241802</v>
       </c>
       <c r="J31" s="13">
         <v>887.86757883950793</v>
       </c>
@@ -5650,57 +5745,60 @@
       <c r="BK31" s="13">
         <v>11758.447047045825</v>
       </c>
       <c r="BL31" s="13">
         <v>12248.562900213243</v>
       </c>
       <c r="BM31" s="13">
         <v>13648.672969508236</v>
       </c>
       <c r="BN31" s="13">
         <v>13203.425282266047</v>
       </c>
       <c r="BO31" s="13">
         <v>14541.575804502852</v>
       </c>
       <c r="BP31" s="13">
         <v>14539.325844460367</v>
       </c>
       <c r="BQ31" s="13">
         <v>14435.12574006913</v>
       </c>
       <c r="BR31" s="13">
         <v>15584.840726263612</v>
       </c>
       <c r="BS31" s="13">
-        <v>14529.057804207423</v>
+        <v>14531.455050920253</v>
       </c>
       <c r="BT31" s="13">
-        <v>14823.335579193177</v>
+        <v>14825.753756122967</v>
+      </c>
+      <c r="BU31" s="13">
+        <v>15362.507691642088</v>
       </c>
     </row>
-    <row r="32" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A32" s="6"/>
       <c r="B32" t="s">
         <v>18</v>
       </c>
       <c r="D32" s="22">
         <v>226.2508873223378</v>
       </c>
       <c r="E32" s="22">
         <v>257.98255869220418</v>
       </c>
       <c r="F32" s="22">
         <v>279.34984759367399</v>
       </c>
       <c r="G32" s="22">
         <v>255.11435659106297</v>
       </c>
       <c r="H32" s="22">
         <v>235.808621294039</v>
       </c>
       <c r="I32" s="22">
         <v>351.38349503317301</v>
       </c>
       <c r="J32" s="22">
         <v>586.58540737201349</v>
       </c>
@@ -5866,54 +5964,57 @@
       <c r="BL32" s="22">
         <v>4084.611889735666</v>
       </c>
       <c r="BM32" s="22">
         <v>4597.6744919840457</v>
       </c>
       <c r="BN32" s="22">
         <v>4508.9875035286914</v>
       </c>
       <c r="BO32" s="22">
         <v>4815.2555289758111</v>
       </c>
       <c r="BP32" s="22">
         <v>4516.2153599234898</v>
       </c>
       <c r="BQ32" s="22">
         <v>4528.7373199082604</v>
       </c>
       <c r="BR32" s="22">
         <v>4757.3071959945701</v>
       </c>
       <c r="BS32" s="22">
         <v>5321.620245888178</v>
       </c>
       <c r="BT32" s="22">
-        <v>5323.0344728357959</v>
+        <v>5323.0232864189766</v>
+      </c>
+      <c r="BU32" s="22">
+        <v>6079.8725718662945</v>
       </c>
     </row>
-    <row r="33" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A33" s="6"/>
       <c r="B33" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="13">
         <v>3693.2425570754003</v>
       </c>
       <c r="E33" s="13">
         <v>4517.1847458615302</v>
       </c>
       <c r="F33" s="13">
         <v>5016.1839185048102</v>
       </c>
       <c r="G33" s="13">
         <v>5267.3744854903498</v>
       </c>
       <c r="H33" s="13">
         <v>4413.1582126312296</v>
       </c>
       <c r="I33" s="13">
         <v>4865.9394768570201</v>
       </c>
       <c r="J33" s="13">
         <v>4553.7248717644898</v>
       </c>
@@ -6076,57 +6177,60 @@
       <c r="BK33" s="13">
         <v>42950.859538289005</v>
       </c>
       <c r="BL33" s="13">
         <v>43564.073533654591</v>
       </c>
       <c r="BM33" s="13">
         <v>50198.341210041588</v>
       </c>
       <c r="BN33" s="13">
         <v>49652.715823581326</v>
       </c>
       <c r="BO33" s="13">
         <v>57001.874047815101</v>
       </c>
       <c r="BP33" s="13">
         <v>55338.149218291001</v>
       </c>
       <c r="BQ33" s="13">
         <v>51769.507217097409</v>
       </c>
       <c r="BR33" s="13">
         <v>57973.807548713972</v>
       </c>
       <c r="BS33" s="13">
-        <v>57092.209794239025</v>
+        <v>57075.867798110317</v>
       </c>
       <c r="BT33" s="13">
-        <v>57017.168850823065</v>
+        <v>57000.769789251979</v>
+      </c>
+      <c r="BU33" s="13">
+        <v>58120.022710068959</v>
       </c>
     </row>
-    <row r="34" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A34" s="6"/>
       <c r="C34" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="16">
         <v>1672.7890712629901</v>
       </c>
       <c r="E34" s="16">
         <v>1792.6137133985501</v>
       </c>
       <c r="F34" s="16">
         <v>2023.0486578868399</v>
       </c>
       <c r="G34" s="16">
         <v>2244.5224557577098</v>
       </c>
       <c r="H34" s="16">
         <v>1869.96539688699</v>
       </c>
       <c r="I34" s="16">
         <v>2103.68319409785</v>
       </c>
       <c r="J34" s="16">
         <v>1947.1605715293199</v>
       </c>
@@ -6289,57 +6393,60 @@
       <c r="BK34" s="16">
         <v>18629.194008459999</v>
       </c>
       <c r="BL34" s="16">
         <v>18941.421743552601</v>
       </c>
       <c r="BM34" s="16">
         <v>22911.272428076401</v>
       </c>
       <c r="BN34" s="16">
         <v>22478.977534437599</v>
       </c>
       <c r="BO34" s="16">
         <v>26687.854243465099</v>
       </c>
       <c r="BP34" s="16">
         <v>25980.084771467999</v>
       </c>
       <c r="BQ34" s="16">
         <v>23751.8281289281</v>
       </c>
       <c r="BR34" s="16">
         <v>26590.921231182423</v>
       </c>
       <c r="BS34" s="16">
-        <v>26663.217795376968</v>
+        <v>26663.449459788168</v>
       </c>
       <c r="BT34" s="16">
-        <v>26556.982536603347</v>
+        <v>26557.211664239047</v>
+      </c>
+      <c r="BU34" s="16">
+        <v>26799.070842537669</v>
       </c>
     </row>
-    <row r="35" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A35" s="6"/>
       <c r="C35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="16">
         <v>2020.45348581241</v>
       </c>
       <c r="E35" s="16">
         <v>2724.5710324629799</v>
       </c>
       <c r="F35" s="16">
         <v>2993.1352606179698</v>
       </c>
       <c r="G35" s="16">
         <v>3022.8520297326399</v>
       </c>
       <c r="H35" s="16">
         <v>2543.1928157442399</v>
       </c>
       <c r="I35" s="16">
         <v>2762.2562827591701</v>
       </c>
       <c r="J35" s="16">
         <v>2606.5643002351699</v>
       </c>
@@ -6502,57 +6609,60 @@
       <c r="BK35" s="16">
         <v>24321.665529829006</v>
       </c>
       <c r="BL35" s="16">
         <v>24622.651790101991</v>
       </c>
       <c r="BM35" s="16">
         <v>27287.068781965183</v>
       </c>
       <c r="BN35" s="16">
         <v>27173.738289143723</v>
       </c>
       <c r="BO35" s="16">
         <v>30314.019804350006</v>
       </c>
       <c r="BP35" s="16">
         <v>29358.064446823002</v>
       </c>
       <c r="BQ35" s="16">
         <v>28017.679088169309</v>
       </c>
       <c r="BR35" s="16">
         <v>31382.886317531549</v>
       </c>
       <c r="BS35" s="16">
-        <v>30428.99199886206</v>
+        <v>30412.41833832215</v>
       </c>
       <c r="BT35" s="16">
-        <v>30460.186314219718</v>
+        <v>30443.558125012929</v>
+      </c>
+      <c r="BU35" s="16">
+        <v>31320.95186753129</v>
       </c>
     </row>
-    <row r="36" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A36" s="6"/>
       <c r="B36" t="s">
         <v>23</v>
       </c>
       <c r="D36" s="13">
         <v>1035.9922597325401</v>
       </c>
       <c r="E36" s="13">
         <v>1091.8096964630499</v>
       </c>
       <c r="F36" s="13">
         <v>1253.0511302146101</v>
       </c>
       <c r="G36" s="13">
         <v>1150.38136920901</v>
       </c>
       <c r="H36" s="13">
         <v>817.83016598573101</v>
       </c>
       <c r="I36" s="13">
         <v>831.49063674232502</v>
       </c>
       <c r="J36" s="13">
         <v>782.84175049635303</v>
       </c>
@@ -6718,54 +6828,57 @@
       <c r="BL36" s="13">
         <v>31568.81547071438</v>
       </c>
       <c r="BM36" s="13">
         <v>37957.22724649882</v>
       </c>
       <c r="BN36" s="13">
         <v>37758.048387435199</v>
       </c>
       <c r="BO36" s="13">
         <v>43110.608350708484</v>
       </c>
       <c r="BP36" s="13">
         <v>41776.38209426112</v>
       </c>
       <c r="BQ36" s="13">
         <v>41324.827541916537</v>
       </c>
       <c r="BR36" s="13">
         <v>44916.91664085762</v>
       </c>
       <c r="BS36" s="13">
         <v>44556.540456166025</v>
       </c>
       <c r="BT36" s="13">
-        <v>45484.713281800665</v>
+        <v>45484.71328180065</v>
+      </c>
+      <c r="BU36" s="13">
+        <v>48058.191893987998</v>
       </c>
     </row>
-    <row r="37" spans="1:72" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:73" x14ac:dyDescent="0.25">
       <c r="A37" s="6"/>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="13"/>
       <c r="G37" s="13"/>
       <c r="H37" s="13"/>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="13"/>
       <c r="L37" s="13"/>
       <c r="M37" s="13"/>
       <c r="N37" s="13"/>
       <c r="O37" s="13"/>
       <c r="P37" s="13"/>
       <c r="Q37" s="13"/>
       <c r="R37" s="13"/>
       <c r="S37" s="13"/>
       <c r="T37" s="13"/>
       <c r="U37" s="13"/>
       <c r="V37" s="13"/>
       <c r="W37" s="13"/>
       <c r="X37" s="13"/>
       <c r="Y37" s="13"/>
@@ -6794,52 +6907,53 @@
       <c r="AV37" s="13"/>
       <c r="AW37" s="13"/>
       <c r="AX37" s="13"/>
       <c r="AY37" s="13"/>
       <c r="AZ37" s="13"/>
       <c r="BA37" s="13"/>
       <c r="BB37" s="13"/>
       <c r="BC37" s="13"/>
       <c r="BD37" s="13"/>
       <c r="BE37" s="13"/>
       <c r="BF37" s="13"/>
       <c r="BG37" s="13"/>
       <c r="BH37" s="13"/>
       <c r="BI37" s="13"/>
       <c r="BJ37" s="13"/>
       <c r="BK37" s="13"/>
       <c r="BL37" s="13"/>
       <c r="BM37" s="13"/>
       <c r="BN37" s="13"/>
       <c r="BO37" s="13"/>
       <c r="BP37" s="13"/>
       <c r="BQ37" s="13"/>
       <c r="BR37" s="13"/>
       <c r="BS37" s="13"/>
       <c r="BT37" s="13"/>
+      <c r="BU37" s="13"/>
     </row>
-    <row r="38" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A38" s="19" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="20"/>
       <c r="C38" s="20"/>
       <c r="D38" s="21">
         <v>5550.4161297610281</v>
       </c>
       <c r="E38" s="21">
         <v>6500.9927930547019</v>
       </c>
       <c r="F38" s="21">
         <v>7279.117170605703</v>
       </c>
       <c r="G38" s="21">
         <v>7344.9225618355895</v>
       </c>
       <c r="H38" s="21">
         <v>6080.8228095879749</v>
       </c>
       <c r="I38" s="21">
         <v>6680.8971863849365</v>
       </c>
       <c r="J38" s="21">
         <v>6811.0196084723639</v>
@@ -7003,57 +7117,60 @@
       <c r="BK38" s="21">
         <v>89573.308847423599</v>
       </c>
       <c r="BL38" s="21">
         <v>91466.063794317888</v>
       </c>
       <c r="BM38" s="21">
         <v>106401.91591803268</v>
       </c>
       <c r="BN38" s="21">
         <v>105123.17699681126</v>
       </c>
       <c r="BO38" s="21">
         <v>119469.31373200225</v>
       </c>
       <c r="BP38" s="21">
         <v>116170.07251693598</v>
       </c>
       <c r="BQ38" s="21">
         <v>112058.19781899135</v>
       </c>
       <c r="BR38" s="21">
         <v>123232.87211182978</v>
       </c>
       <c r="BS38" s="21">
-        <v>121499.42830050064</v>
+        <v>121485.48355108478</v>
       </c>
       <c r="BT38" s="21">
-        <v>122648.25218465271</v>
+        <v>122634.26011359457</v>
+      </c>
+      <c r="BU38" s="21">
+        <v>127620.59486756533</v>
       </c>
     </row>
-    <row r="39" spans="1:72" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:73" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="6"/>
       <c r="B39" s="6"/>
       <c r="C39" s="6"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="13"/>
       <c r="G39" s="13"/>
       <c r="H39" s="13"/>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="13"/>
       <c r="L39" s="13"/>
       <c r="M39" s="13"/>
       <c r="N39" s="13"/>
       <c r="O39" s="13"/>
       <c r="P39" s="13"/>
       <c r="Q39" s="13"/>
       <c r="R39" s="13"/>
       <c r="S39" s="13"/>
       <c r="T39" s="13"/>
       <c r="U39" s="13"/>
       <c r="V39" s="13"/>
       <c r="W39" s="13"/>
       <c r="X39" s="13"/>
       <c r="Y39" s="13"/>
@@ -7082,52 +7199,53 @@
       <c r="AV39" s="13"/>
       <c r="AW39" s="13"/>
       <c r="AX39" s="13"/>
       <c r="AY39" s="13"/>
       <c r="AZ39" s="13"/>
       <c r="BA39" s="13"/>
       <c r="BB39" s="13"/>
       <c r="BC39" s="13"/>
       <c r="BD39" s="13"/>
       <c r="BE39" s="13"/>
       <c r="BF39" s="13"/>
       <c r="BG39" s="13"/>
       <c r="BH39" s="13"/>
       <c r="BI39" s="13"/>
       <c r="BJ39" s="13"/>
       <c r="BK39" s="13"/>
       <c r="BL39" s="13"/>
       <c r="BM39" s="13"/>
       <c r="BN39" s="13"/>
       <c r="BO39" s="13"/>
       <c r="BP39" s="13"/>
       <c r="BQ39" s="13"/>
       <c r="BR39" s="13"/>
       <c r="BS39" s="13"/>
       <c r="BT39" s="13"/>
+      <c r="BU39" s="13"/>
     </row>
-    <row r="40" spans="1:72" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:73" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A40" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="20"/>
       <c r="C40" s="20"/>
       <c r="D40" s="21">
         <v>68203.801512814287</v>
       </c>
       <c r="E40" s="21">
         <v>72884.256182467943</v>
       </c>
       <c r="F40" s="21">
         <v>76311.796633901613</v>
       </c>
       <c r="G40" s="21">
         <v>76568.206117733207</v>
       </c>
       <c r="H40" s="21">
         <v>78259.232611967018</v>
       </c>
       <c r="I40" s="21">
         <v>79372.413556169951</v>
       </c>
       <c r="J40" s="21">
         <v>79184.47191976686</v>
@@ -7291,93 +7409,96 @@
       <c r="BK40" s="21">
         <v>320995.09517694422</v>
       </c>
       <c r="BL40" s="21">
         <v>331236.23588078812</v>
       </c>
       <c r="BM40" s="21">
         <v>350181.88010983623</v>
       </c>
       <c r="BN40" s="21">
         <v>353953.83433473099</v>
       </c>
       <c r="BO40" s="21">
         <v>372741.48205237708</v>
       </c>
       <c r="BP40" s="21">
         <v>360200.87727793312</v>
       </c>
       <c r="BQ40" s="21">
         <v>353656.78023411718</v>
       </c>
       <c r="BR40" s="21">
         <v>366966.95028745767</v>
       </c>
       <c r="BS40" s="21">
-        <v>369747.14398497692</v>
+        <v>369733.19923556113</v>
       </c>
       <c r="BT40" s="21">
-        <v>380579.50832798105</v>
+        <v>380565.5162569228</v>
+      </c>
+      <c r="BU40" s="21">
+        <v>387133.22550282895</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="BS4:BU4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="K4:N4"/>
     <mergeCell ref="O4:R4"/>
     <mergeCell ref="S4:V4"/>
     <mergeCell ref="BC4:BF4"/>
     <mergeCell ref="BO4:BR4"/>
-    <mergeCell ref="BS4:BT4"/>
     <mergeCell ref="AU4:AX4"/>
     <mergeCell ref="W4:Z4"/>
     <mergeCell ref="AA4:AD4"/>
     <mergeCell ref="AE4:AH4"/>
     <mergeCell ref="AI4:AL4"/>
     <mergeCell ref="AM4:AP4"/>
     <mergeCell ref="AQ4:AT4"/>
     <mergeCell ref="BK4:BN4"/>
     <mergeCell ref="BG4:BJ4"/>
     <mergeCell ref="AY4:BB4"/>
   </mergeCells>
   <conditionalFormatting sqref="D4:BB5">
     <cfRule type="notContainsBlanks" dxfId="3" priority="34" stopIfTrue="1">
       <formula>LEN(TRIM(D4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BC5:BK5">
     <cfRule type="notContainsBlanks" dxfId="2" priority="14" stopIfTrue="1">
       <formula>LEN(TRIM(BC5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BC4:BS4">
     <cfRule type="notContainsBlanks" dxfId="1" priority="3" stopIfTrue="1">
       <formula>LEN(TRIM(BC4))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="BM5:BT5">
+  <conditionalFormatting sqref="BM5:BU5">
     <cfRule type="notContainsBlanks" dxfId="0" priority="1" stopIfTrue="1">
       <formula>LEN(TRIM(BM5))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f509eeb-56d7-4078-8c25-542621925144}" enabled="1" method="Standard" siteId="{d1bf4087-52c2-42b9-913e-a262f9f83199}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>